--- v0 (2025-10-10)
+++ v1 (2026-01-21)
@@ -15,60 +15,60 @@
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/connections.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.connections+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook" hidePivotFieldList="1" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="S:\Eagle\Stickney\R&amp;D\ALD\Technical Group\Reports\503 Biosolids Metals\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6F3AC376-7FD5-484D-828D-38523FB85A52}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B1A51BA1-FEC6-4448-B7F8-12FCEC11CFCF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="721" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-19310" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="721" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Cover" sheetId="1" r:id="rId1"/>
     <sheet name="Arsenic" sheetId="34" r:id="rId2"/>
     <sheet name="Cadmium" sheetId="24" r:id="rId3"/>
     <sheet name="Chromium" sheetId="25" r:id="rId4"/>
     <sheet name="Copper" sheetId="26" r:id="rId5"/>
     <sheet name="Lead" sheetId="4" r:id="rId6"/>
     <sheet name="Mercury" sheetId="27" r:id="rId7"/>
     <sheet name="Molybdenum" sheetId="28" state="hidden" r:id="rId8"/>
     <sheet name="Nickel" sheetId="30" r:id="rId9"/>
     <sheet name="Selenium" sheetId="31" r:id="rId10"/>
     <sheet name="Zinc" sheetId="32" r:id="rId11"/>
     <sheet name="Historic" sheetId="37" r:id="rId12"/>
     <sheet name="Module1" sheetId="23" state="veryHidden" r:id="rId13"/>
   </sheets>
   <definedNames>
     <definedName name="ExternalData_1" localSheetId="1" hidden="1">Arsenic!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">Copper!$A$1:$N$48</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Cover!$A$1:$H$53</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="6">Mercury!$A$1:$N$52</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">Selenium!$A$1:$N$48</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Arsenic!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">Cadmium!$1:$7</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="3">Chromium!$1:$7</definedName>
@@ -232,51 +232,51 @@
   <connection id="29" xr16:uid="{FB488B0B-5B73-42B8-9D91-09168006F459}" keepAlive="1" name="Query - 503_DIG-21" description="Connection to the '503_DIG-21' query in the workbook." type="5" refreshedVersion="7" background="1" refreshOnLoad="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=503_DIG-21;Extended Properties=&quot;&quot;" command="SELECT * FROM [503_DIG-21]"/>
   </connection>
   <connection id="30" xr16:uid="{279629CD-C664-42A4-869B-B6016281E022}" keepAlive="1" name="Query - 503_MON_CA-21" description="Connection to the '503_MON_CA-21' query in the workbook." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=503_MON_CA-21;Extended Properties=&quot;&quot;" command="SELECT * FROM [503_MON_CA-21]"/>
   </connection>
   <connection id="31" xr16:uid="{70375782-F87E-44AB-A456-4937FEAB0372}" keepAlive="1" name="Query - 503_MON_HP-21" description="Connection to the '503_MON_HP-21' query in the workbook." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=503_MON_HP-21;Extended Properties=&quot;&quot;" command="SELECT * FROM [503_MON_HP-21]"/>
   </connection>
   <connection id="32" xr16:uid="{A6F938C5-B215-4283-A351-CE8D9D285158}" keepAlive="1" name="Query - 503_MON_JE-21" description="Connection to the '503_MON_JE-21' query in the workbook." type="5" refreshedVersion="7" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=503_MON_JE-21;Extended Properties=&quot;&quot;" command="SELECT * FROM [503_MON_JE-21]"/>
   </connection>
   <connection id="33" xr16:uid="{756AA04C-0500-463D-883C-D204DFB7472C}" keepAlive="1" name="Query - 503_MON_KR-21" description="Connection to the '503_MON_KR-21' query in the workbook." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=503_MON_KR-21;Extended Properties=&quot;&quot;" command="SELECT * FROM [503_MON_KR-21]"/>
   </connection>
   <connection id="34" xr16:uid="{86DBE986-1653-4B19-B761-5493F8B50880}" keepAlive="1" name="Query - 503_MON_LT-21" description="Connection to the '503_MON_LT-21' query in the workbook." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=503_MON_LT-21;Extended Properties=&quot;&quot;" command="SELECT * FROM [503_MON_LT-21]"/>
   </connection>
   <connection id="35" xr16:uid="{890E2EB9-6468-43DF-B620-07CAD1B9B16C}" keepAlive="1" name="Query - 503_MON_NS-21" description="Connection to the '503_MON_NS-21' query in the workbook." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=503_MON_NS-21;Extended Properties=&quot;&quot;" command="SELECT * FROM [503_MON_NS-21]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3998" uniqueCount="2028">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4061" uniqueCount="2029">
   <si>
     <t>ANALYTICAL LABORATORIES DIVISION</t>
   </si>
   <si>
     <t>Contents:</t>
   </si>
   <si>
     <t>Target Level</t>
   </si>
   <si>
     <t>Cadmium Report</t>
   </si>
   <si>
     <t>Copper Report</t>
   </si>
   <si>
     <t>Lead Report</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Zinc Report</t>
   </si>
   <si>
@@ -6309,57 +6309,60 @@
   <si>
     <t>(776-993)</t>
   </si>
   <si>
     <t>(554-806)</t>
   </si>
   <si>
     <t>2024 Statistics</t>
   </si>
   <si>
     <t xml:space="preserve">  &lt;10</t>
   </si>
   <si>
     <t xml:space="preserve">   &lt;10</t>
   </si>
   <si>
     <t>T/X</t>
   </si>
   <si>
     <t>IN DISTRICT WRP BIOSOLIDS FROM 1992 THROUGH 2024</t>
   </si>
   <si>
     <t>January 6, 2025, HPDGT, T/X: Duplicate failure. Retest did not confirm either result.</t>
   </si>
   <si>
-    <t>FOR THE MONTH MARCH 2025</t>
-[...5 lines deleted...]
-    <t>&lt;209</t>
+    <t>FOR THE MONTH JUNE 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                  THROUGH JUNE 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> &lt;250</t>
+  </si>
+  <si>
+    <t>&lt;220</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="dd\-mmm\-yy"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="[$-409]d\-mmm\-yy;@"/>
     <numFmt numFmtId="167" formatCode="[$-409]d\-mmm\-yyyy;@"/>
     <numFmt numFmtId="168" formatCode="d\-mmm\-yyyy"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
@@ -6510,51 +6513,51 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="162">
+  <cellXfs count="161">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="5" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -6861,53 +6864,50 @@
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="4" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="15" fontId="1" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="1" fontId="13" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -7481,85 +7481,85 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I1645"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="2" style="18" customWidth="1"/>
     <col min="2" max="2" width="12.85546875" style="18" customWidth="1"/>
     <col min="3" max="4" width="9.140625" style="18" customWidth="1"/>
     <col min="5" max="5" width="6.28515625" style="18" customWidth="1"/>
     <col min="6" max="6" width="34.7109375" style="18" customWidth="1"/>
     <col min="7" max="7" width="2.140625" style="18" customWidth="1"/>
     <col min="8" max="8" width="49.28515625" style="18" customWidth="1"/>
     <col min="9" max="9" width="2" style="18" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A1" s="142"/>
-[...7 lines deleted...]
-      <c r="I1" s="142"/>
+      <c r="A1" s="141"/>
+      <c r="B1" s="141"/>
+      <c r="C1" s="141"/>
+      <c r="D1" s="141"/>
+      <c r="E1" s="141"/>
+      <c r="F1" s="141"/>
+      <c r="G1" s="141"/>
+      <c r="H1" s="141"/>
+      <c r="I1" s="141"/>
     </row>
     <row r="2" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A2" s="142" t="s">
+      <c r="A2" s="141" t="s">
         <v>1258</v>
       </c>
-      <c r="B2" s="142"/>
-[...6 lines deleted...]
-      <c r="I2" s="142"/>
+      <c r="B2" s="141"/>
+      <c r="C2" s="141"/>
+      <c r="D2" s="141"/>
+      <c r="E2" s="141"/>
+      <c r="F2" s="141"/>
+      <c r="G2" s="141"/>
+      <c r="H2" s="141"/>
+      <c r="I2" s="141"/>
     </row>
     <row r="3" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A3" s="142" t="s">
+      <c r="A3" s="141" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="142"/>
-[...6 lines deleted...]
-      <c r="I3" s="142"/>
+      <c r="B3" s="141"/>
+      <c r="C3" s="141"/>
+      <c r="D3" s="141"/>
+      <c r="E3" s="141"/>
+      <c r="F3" s="141"/>
+      <c r="G3" s="141"/>
+      <c r="H3" s="141"/>
+      <c r="I3" s="141"/>
     </row>
     <row r="4" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A4" s="16"/>
       <c r="B4" s="16" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="16"/>
       <c r="D4" s="16"/>
       <c r="E4" s="16"/>
       <c r="F4" s="16"/>
       <c r="G4" s="16"/>
       <c r="H4" s="16"/>
       <c r="I4" s="17"/>
     </row>
     <row r="5" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A5" s="16"/>
       <c r="B5" s="16" t="s">
         <v>6</v>
       </c>
       <c r="C5" s="16" t="s">
         <v>6</v>
       </c>
       <c r="D5" s="16"/>
       <c r="E5" s="16"/>
       <c r="F5" s="16"/>
@@ -7707,74 +7707,74 @@
       <c r="B17" s="17"/>
       <c r="C17" s="17"/>
       <c r="D17" s="17"/>
       <c r="E17" s="17"/>
       <c r="F17" s="17"/>
       <c r="G17" s="17"/>
       <c r="H17" s="17"/>
       <c r="I17" s="17"/>
     </row>
     <row r="18" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A18" s="75" t="s">
         <v>6</v>
       </c>
       <c r="B18" s="17"/>
       <c r="C18" s="17" t="s">
         <v>775</v>
       </c>
       <c r="D18" s="17"/>
       <c r="E18" s="17"/>
       <c r="F18" s="17"/>
       <c r="G18" s="17"/>
       <c r="H18" s="17"/>
       <c r="I18" s="17"/>
     </row>
     <row r="19" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A19" s="141" t="s">
+      <c r="A19" s="140" t="s">
         <v>1748</v>
       </c>
-      <c r="B19" s="141"/>
-[...6 lines deleted...]
-      <c r="I19" s="141"/>
+      <c r="B19" s="140"/>
+      <c r="C19" s="140"/>
+      <c r="D19" s="140"/>
+      <c r="E19" s="140"/>
+      <c r="F19" s="140"/>
+      <c r="G19" s="140"/>
+      <c r="H19" s="140"/>
+      <c r="I19" s="140"/>
     </row>
     <row r="20" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A20" s="141" t="s">
+      <c r="A20" s="140" t="s">
         <v>2025</v>
       </c>
-      <c r="B20" s="141"/>
-[...6 lines deleted...]
-      <c r="I20" s="141"/>
+      <c r="B20" s="140"/>
+      <c r="C20" s="140"/>
+      <c r="D20" s="140"/>
+      <c r="E20" s="140"/>
+      <c r="F20" s="140"/>
+      <c r="G20" s="140"/>
+      <c r="H20" s="140"/>
+      <c r="I20" s="140"/>
     </row>
     <row r="21" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A21" s="17"/>
       <c r="B21" s="17"/>
       <c r="C21" s="17"/>
       <c r="D21" s="17"/>
       <c r="E21" s="17"/>
       <c r="F21" s="17"/>
       <c r="G21" s="17"/>
       <c r="H21" s="17"/>
       <c r="I21" s="17"/>
     </row>
     <row r="22" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A22" s="17"/>
       <c r="B22" s="17"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="17"/>
       <c r="F22" s="17"/>
       <c r="G22" s="17"/>
       <c r="H22" s="17"/>
       <c r="I22" s="21"/>
     </row>
     <row r="23" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A23" s="17"/>
@@ -8000,59 +8000,59 @@
       <c r="I35" s="17"/>
     </row>
     <row r="36" spans="1:9" ht="17.25" hidden="1" x14ac:dyDescent="0.25">
       <c r="A36" s="17"/>
       <c r="B36" s="17" t="s">
         <v>842</v>
       </c>
       <c r="C36" s="17" t="s">
         <v>36</v>
       </c>
       <c r="D36" s="17"/>
       <c r="E36" s="17"/>
       <c r="F36" s="28">
         <v>0</v>
       </c>
       <c r="G36" s="29"/>
       <c r="H36" s="28">
         <v>0</v>
       </c>
       <c r="I36" s="17"/>
     </row>
     <row r="37" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
       <c r="B37" s="17" t="s">
         <v>842</v>
       </c>
-      <c r="C37" s="17" t="s">
+      <c r="C37" s="22" t="s">
         <v>32</v>
       </c>
       <c r="F37" s="28">
         <v>0</v>
       </c>
       <c r="G37" s="29"/>
       <c r="H37" s="28">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
       <c r="B38" s="17" t="s">
         <v>843</v>
       </c>
       <c r="C38" s="17" t="s">
         <v>33</v>
       </c>
       <c r="F38" s="28">
         <v>0</v>
       </c>
       <c r="G38" s="29"/>
       <c r="H38" s="28">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="17.25" x14ac:dyDescent="0.25">
       <c r="B39" s="17" t="s">
         <v>844</v>
       </c>
       <c r="C39" s="17" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="75"/>
@@ -9777,84 +9777,84 @@
       <selection pane="bottomRight" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="7" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="2.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="12.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="7" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.140625" style="1"/>
     <col min="16" max="55" width="8.85546875" customWidth="1"/>
     <col min="56" max="16384" width="9.140625" style="31"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:55" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="144" t="s">
+      <c r="A1" s="143" t="s">
         <v>1692</v>
       </c>
-      <c r="B1" s="144"/>
-[...11 lines deleted...]
-      <c r="N1" s="144"/>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+      <c r="I1" s="143"/>
+      <c r="J1" s="143"/>
+      <c r="K1" s="143"/>
+      <c r="L1" s="143"/>
+      <c r="M1" s="143"/>
+      <c r="N1" s="143"/>
       <c r="O1" s="84"/>
     </row>
     <row r="2" spans="1:55" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="143" t="s">
+      <c r="A2" s="142" t="s">
         <v>2026</v>
       </c>
-      <c r="B2" s="143"/>
-[...10 lines deleted...]
-      <c r="M2" s="143"/>
+      <c r="B2" s="142"/>
+      <c r="C2" s="142"/>
+      <c r="D2" s="142"/>
+      <c r="E2" s="142"/>
+      <c r="F2" s="142"/>
+      <c r="G2" s="142"/>
+      <c r="H2" s="142"/>
+      <c r="I2" s="142"/>
+      <c r="J2" s="142"/>
+      <c r="K2" s="142"/>
+      <c r="L2" s="142"/>
+      <c r="M2" s="142"/>
       <c r="N2" s="60"/>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2"/>
       <c r="AC2"/>
       <c r="AD2"/>
       <c r="AE2"/>
       <c r="AF2"/>
       <c r="AG2"/>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
@@ -10196,178 +10196,226 @@
       <c r="AG10"/>
       <c r="AH10"/>
       <c r="AI10"/>
       <c r="AJ10"/>
       <c r="AK10"/>
       <c r="AL10"/>
       <c r="AM10"/>
       <c r="AN10"/>
       <c r="AO10"/>
       <c r="AP10"/>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10"/>
       <c r="AY10"/>
       <c r="AZ10"/>
       <c r="BA10"/>
       <c r="BB10"/>
       <c r="BC10"/>
     </row>
     <row r="11" spans="1:55" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="129"/>
-      <c r="B11" s="68"/>
+      <c r="A11" s="129">
+        <v>45754</v>
+      </c>
+      <c r="B11" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="C11" s="7"/>
-      <c r="D11" s="68"/>
+      <c r="D11" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="E11" s="7"/>
-      <c r="F11" s="68"/>
+      <c r="F11" s="68" t="s">
+        <v>2021</v>
+      </c>
       <c r="G11" s="7"/>
-      <c r="H11" s="68"/>
+      <c r="H11" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="I11" s="7"/>
-      <c r="J11" s="68"/>
+      <c r="J11" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="K11" s="7"/>
-      <c r="L11" s="68"/>
+      <c r="L11" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="M11" s="7"/>
-      <c r="N11" s="68"/>
+      <c r="N11" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="O11" s="87"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11"/>
       <c r="AE11"/>
       <c r="AF11"/>
       <c r="AG11"/>
       <c r="AH11"/>
       <c r="AI11"/>
       <c r="AJ11"/>
       <c r="AK11"/>
       <c r="AL11"/>
       <c r="AM11"/>
       <c r="AN11"/>
       <c r="AO11"/>
       <c r="AP11"/>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
       <c r="AY11"/>
       <c r="AZ11"/>
       <c r="BA11"/>
       <c r="BB11"/>
       <c r="BC11"/>
     </row>
     <row r="12" spans="1:55" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="129"/>
-      <c r="B12" s="68"/>
+      <c r="A12" s="129">
+        <v>45782</v>
+      </c>
+      <c r="B12" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="C12" s="7"/>
-      <c r="D12" s="68"/>
+      <c r="D12" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="E12" s="7"/>
-      <c r="F12" s="68"/>
+      <c r="F12" s="68" t="s">
+        <v>2021</v>
+      </c>
       <c r="G12" s="7"/>
-      <c r="H12" s="68"/>
+      <c r="H12" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="I12" s="7"/>
-      <c r="J12" s="68"/>
+      <c r="J12" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="K12" s="7"/>
-      <c r="L12" s="68"/>
+      <c r="L12" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="M12" s="7"/>
-      <c r="N12" s="68"/>
+      <c r="N12" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="O12" s="87"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
       <c r="AG12"/>
       <c r="AH12"/>
       <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12"/>
       <c r="AY12"/>
       <c r="AZ12"/>
       <c r="BA12"/>
       <c r="BB12"/>
       <c r="BC12"/>
     </row>
     <row r="13" spans="1:55" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="129"/>
-      <c r="B13" s="68"/>
+      <c r="A13" s="129">
+        <v>45810</v>
+      </c>
+      <c r="B13" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="C13" s="7"/>
-      <c r="D13" s="68"/>
+      <c r="D13" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="E13" s="7"/>
-      <c r="F13" s="68"/>
+      <c r="F13" s="68" t="s">
+        <v>2021</v>
+      </c>
       <c r="G13" s="7"/>
-      <c r="H13" s="68"/>
+      <c r="H13" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="I13" s="7"/>
-      <c r="J13" s="68"/>
+      <c r="J13" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="K13" s="7"/>
-      <c r="L13" s="68"/>
+      <c r="L13" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="M13" s="7"/>
-      <c r="N13" s="68"/>
+      <c r="N13" s="68" t="s">
+        <v>2020</v>
+      </c>
       <c r="O13" s="86"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
       <c r="Y13"/>
       <c r="Z13"/>
       <c r="AA13"/>
       <c r="AB13"/>
       <c r="AC13"/>
       <c r="AD13"/>
       <c r="AE13"/>
       <c r="AF13"/>
       <c r="AG13"/>
       <c r="AH13"/>
       <c r="AI13"/>
       <c r="AJ13"/>
       <c r="AK13"/>
       <c r="AL13"/>
       <c r="AM13"/>
@@ -10615,75 +10663,75 @@
         <v>0</v>
       </c>
       <c r="L27" s="7">
         <v>0</v>
       </c>
       <c r="N27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:55" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="13"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="F28" s="7"/>
       <c r="H28" s="7"/>
       <c r="J28" s="7"/>
       <c r="L28" s="7"/>
       <c r="N28" s="7"/>
     </row>
     <row r="29" spans="1:55" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C29" s="68"/>
       <c r="D29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E29" s="68"/>
       <c r="F29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G29" s="68"/>
       <c r="H29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I29" s="68"/>
       <c r="J29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K29" s="68"/>
       <c r="L29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M29" s="68"/>
       <c r="N29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O29" s="7"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
       <c r="AL29"/>
@@ -11768,84 +11816,84 @@
       <selection pane="bottomRight" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="7" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="2.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="12.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="7" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.140625" style="1"/>
     <col min="16" max="34" width="8.85546875" customWidth="1"/>
     <col min="35" max="16384" width="9.140625" style="31"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="144" t="s">
+      <c r="A1" s="143" t="s">
         <v>1693</v>
       </c>
-      <c r="B1" s="144"/>
-[...11 lines deleted...]
-      <c r="N1" s="144"/>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+      <c r="I1" s="143"/>
+      <c r="J1" s="143"/>
+      <c r="K1" s="143"/>
+      <c r="L1" s="143"/>
+      <c r="M1" s="143"/>
+      <c r="N1" s="143"/>
       <c r="O1" s="84"/>
     </row>
     <row r="2" spans="1:34" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="143" t="s">
+      <c r="A2" s="142" t="s">
         <v>2026</v>
       </c>
-      <c r="B2" s="143"/>
-[...10 lines deleted...]
-      <c r="M2" s="143"/>
+      <c r="B2" s="142"/>
+      <c r="C2" s="142"/>
+      <c r="D2" s="142"/>
+      <c r="E2" s="142"/>
+      <c r="F2" s="142"/>
+      <c r="G2" s="142"/>
+      <c r="H2" s="142"/>
+      <c r="I2" s="142"/>
+      <c r="J2" s="142"/>
+      <c r="K2" s="142"/>
+      <c r="L2" s="142"/>
+      <c r="M2" s="142"/>
       <c r="N2" s="60"/>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2"/>
       <c r="AC2"/>
       <c r="AD2"/>
       <c r="AE2"/>
       <c r="AF2"/>
       <c r="AG2"/>
       <c r="AH2"/>
     </row>
     <row r="3" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="81"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
@@ -11946,51 +11994,51 @@
       <c r="K6" s="4"/>
       <c r="L6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="3"/>
       <c r="N6" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="8"/>
       <c r="B7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="1"/>
       <c r="F7" s="7"/>
       <c r="G7" s="1"/>
       <c r="H7" s="7"/>
       <c r="I7" s="1"/>
       <c r="J7" s="7"/>
       <c r="K7" s="1"/>
       <c r="L7" s="7"/>
       <c r="M7" s="1"/>
       <c r="N7" s="7"/>
     </row>
     <row r="8" spans="1:34" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="138">
+      <c r="A8" s="129">
         <v>45663</v>
       </c>
       <c r="B8" s="136">
         <v>524</v>
       </c>
       <c r="C8" s="137"/>
       <c r="D8" s="137">
         <v>639</v>
       </c>
       <c r="E8" s="137"/>
       <c r="F8" s="137">
         <v>383</v>
       </c>
       <c r="G8" s="137"/>
       <c r="H8" s="137">
         <v>750</v>
       </c>
       <c r="I8" s="137"/>
       <c r="J8" s="137">
         <v>423</v>
       </c>
       <c r="K8" s="137"/>
       <c r="L8" s="137">
         <v>679</v>
       </c>
@@ -12101,131 +12149,179 @@
       <c r="N10" s="7">
         <v>380</v>
       </c>
       <c r="O10" s="88"/>
       <c r="P10"/>
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10"/>
       <c r="AC10"/>
       <c r="AD10"/>
       <c r="AE10"/>
       <c r="AF10"/>
       <c r="AG10"/>
       <c r="AH10"/>
     </row>
     <row r="11" spans="1:34" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="129"/>
-      <c r="B11" s="7"/>
+      <c r="A11" s="129">
+        <v>45754</v>
+      </c>
+      <c r="B11" s="7">
+        <v>671</v>
+      </c>
       <c r="C11" s="7"/>
-      <c r="D11" s="7"/>
+      <c r="D11" s="7">
+        <v>707</v>
+      </c>
       <c r="E11" s="7"/>
-      <c r="F11" s="7"/>
+      <c r="F11" s="7">
+        <v>486</v>
+      </c>
       <c r="G11" s="7"/>
-      <c r="H11" s="7"/>
+      <c r="H11" s="7">
+        <v>862</v>
+      </c>
       <c r="I11" s="7"/>
-      <c r="J11" s="7"/>
+      <c r="J11" s="7">
+        <v>570</v>
+      </c>
       <c r="K11" s="7"/>
-      <c r="L11" s="7"/>
+      <c r="L11" s="7">
+        <v>761</v>
+      </c>
       <c r="M11" s="7"/>
-      <c r="N11" s="7"/>
+      <c r="N11" s="7">
+        <v>539</v>
+      </c>
       <c r="O11" s="87"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11"/>
       <c r="AE11"/>
       <c r="AF11"/>
       <c r="AG11"/>
       <c r="AH11"/>
     </row>
     <row r="12" spans="1:34" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="129"/>
-      <c r="B12" s="7"/>
+      <c r="A12" s="129">
+        <v>45782</v>
+      </c>
+      <c r="B12" s="7">
+        <v>571</v>
+      </c>
       <c r="C12" s="7"/>
-      <c r="D12" s="7"/>
+      <c r="D12" s="7">
+        <v>673</v>
+      </c>
       <c r="E12" s="7"/>
-      <c r="F12" s="7"/>
+      <c r="F12" s="7">
+        <v>398</v>
+      </c>
       <c r="G12" s="7"/>
-      <c r="H12" s="7"/>
+      <c r="H12" s="7">
+        <v>805</v>
+      </c>
       <c r="I12" s="7"/>
-      <c r="J12" s="7"/>
+      <c r="J12" s="7">
+        <v>517</v>
+      </c>
       <c r="K12" s="7"/>
-      <c r="L12" s="7"/>
+      <c r="L12" s="7">
+        <v>753</v>
+      </c>
       <c r="M12" s="7"/>
-      <c r="N12" s="7"/>
+      <c r="N12" s="7">
+        <v>407</v>
+      </c>
       <c r="O12" s="87"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
       <c r="AG12"/>
       <c r="AH12"/>
     </row>
     <row r="13" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="129"/>
-      <c r="B13" s="7"/>
+      <c r="A13" s="129">
+        <v>45810</v>
+      </c>
+      <c r="B13" s="7">
+        <v>716</v>
+      </c>
       <c r="C13" s="7"/>
-      <c r="D13" s="7"/>
-[...4 lines deleted...]
-      <c r="N13" s="7"/>
+      <c r="D13" s="7">
+        <v>689</v>
+      </c>
+      <c r="F13" s="7">
+        <v>341</v>
+      </c>
+      <c r="H13" s="7">
+        <v>930</v>
+      </c>
+      <c r="J13" s="7">
+        <v>547</v>
+      </c>
+      <c r="L13" s="7">
+        <v>793</v>
+      </c>
+      <c r="N13" s="7">
+        <v>520</v>
+      </c>
       <c r="O13" s="86"/>
     </row>
     <row r="14" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="129"/>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="F14" s="7"/>
       <c r="H14" s="7"/>
       <c r="J14" s="7"/>
       <c r="L14" s="7"/>
       <c r="N14" s="7"/>
       <c r="O14" s="88"/>
     </row>
     <row r="15" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="129"/>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="F15" s="7"/>
       <c r="H15" s="7"/>
       <c r="J15" s="7"/>
       <c r="L15" s="7"/>
       <c r="N15" s="7"/>
       <c r="O15" s="88"/>
@@ -12433,75 +12529,75 @@
         <v>0</v>
       </c>
       <c r="L27" s="7">
         <v>0</v>
       </c>
       <c r="N27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:34" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="13"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="F28" s="7"/>
       <c r="H28" s="7"/>
       <c r="J28" s="7"/>
       <c r="L28" s="7"/>
       <c r="N28" s="7"/>
     </row>
     <row r="29" spans="1:34" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C29" s="68"/>
       <c r="D29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E29" s="68"/>
       <c r="F29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G29" s="68"/>
       <c r="H29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I29" s="68"/>
       <c r="J29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K29" s="68"/>
       <c r="L29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M29" s="68"/>
       <c r="N29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O29" s="7"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
     </row>
     <row r="30" spans="1:34" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="13" t="s">
         <v>25</v>
@@ -12537,127 +12633,127 @@
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
     </row>
     <row r="31" spans="1:34" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="136">
-        <v>618</v>
+        <v>635.5</v>
       </c>
       <c r="C31" s="137"/>
-      <c r="D31" s="137">
-        <v>660</v>
+      <c r="D31" s="136">
+        <v>675</v>
       </c>
       <c r="E31" s="137"/>
-      <c r="F31" s="137">
-[...16 lines deleted...]
-        <v>437</v>
+      <c r="F31" s="136">
+        <v>392.5</v>
+      </c>
+      <c r="G31" s="136"/>
+      <c r="H31" s="136">
+        <v>845.83333333333337</v>
+      </c>
+      <c r="I31" s="136"/>
+      <c r="J31" s="136">
+        <v>499.83333333333331</v>
+      </c>
+      <c r="K31" s="136"/>
+      <c r="L31" s="136">
+        <v>844.66666666666663</v>
+      </c>
+      <c r="M31" s="136"/>
+      <c r="N31" s="136">
+        <v>462.66666666666669</v>
       </c>
       <c r="O31" s="1"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
     </row>
     <row r="32" spans="1:34" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B32" s="136">
-        <v>683</v>
+        <v>716</v>
       </c>
       <c r="C32" s="137"/>
       <c r="D32" s="137">
         <v>708</v>
       </c>
       <c r="E32" s="137"/>
       <c r="F32" s="137">
-        <v>433</v>
+        <v>486</v>
       </c>
       <c r="G32" s="137"/>
       <c r="H32" s="137">
-        <v>909</v>
+        <v>930</v>
       </c>
       <c r="I32" s="137"/>
       <c r="J32" s="137">
-        <v>477</v>
+        <v>570</v>
       </c>
       <c r="K32" s="137"/>
       <c r="L32" s="137">
         <v>1316</v>
       </c>
       <c r="M32" s="137"/>
       <c r="N32" s="137">
-        <v>513</v>
+        <v>539</v>
       </c>
       <c r="O32" s="1"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
       <c r="AG32"/>
       <c r="AH32"/>
     </row>
     <row r="33" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
@@ -12824,51 +12920,51 @@
       <c r="I44" s="68"/>
       <c r="J44" s="68">
         <v>0</v>
       </c>
       <c r="K44" s="68"/>
       <c r="L44" s="68">
         <v>0</v>
       </c>
       <c r="M44" s="68"/>
       <c r="N44" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="73" t="s">
         <v>1683</v>
       </c>
       <c r="B45" s="68">
         <v>0</v>
       </c>
       <c r="C45" s="68"/>
       <c r="D45" s="68">
         <v>0</v>
       </c>
       <c r="E45" s="68"/>
-      <c r="F45" s="139">
+      <c r="F45" s="138">
         <v>1</v>
       </c>
       <c r="G45" s="68"/>
       <c r="H45" s="68">
         <v>0</v>
       </c>
       <c r="I45" s="68"/>
       <c r="J45" s="68">
         <v>0</v>
       </c>
       <c r="K45" s="68"/>
       <c r="L45" s="68">
         <v>0</v>
       </c>
       <c r="M45" s="68"/>
       <c r="N45" s="68">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="67"/>
       <c r="B46" s="68"/>
       <c r="C46" s="68"/>
       <c r="D46" s="68"/>
       <c r="E46" s="68"/>
@@ -15680,383 +15776,383 @@
     <col min="16130" max="16130" width="16.28515625" style="39" customWidth="1"/>
     <col min="16131" max="16131" width="4.5703125" style="39" customWidth="1"/>
     <col min="16132" max="16132" width="8" style="39" bestFit="1" customWidth="1"/>
     <col min="16133" max="16133" width="4.85546875" style="39" customWidth="1"/>
     <col min="16134" max="16134" width="8.5703125" style="39" bestFit="1" customWidth="1"/>
     <col min="16135" max="16135" width="6.5703125" style="39" customWidth="1"/>
     <col min="16136" max="16136" width="10.28515625" style="39" customWidth="1"/>
     <col min="16137" max="16137" width="5.85546875" style="39" customWidth="1"/>
     <col min="16138" max="16138" width="9.7109375" style="39" bestFit="1" customWidth="1"/>
     <col min="16139" max="16139" width="5.140625" style="39" customWidth="1"/>
     <col min="16140" max="16140" width="9.28515625" style="39" customWidth="1"/>
     <col min="16141" max="16141" width="5.140625" style="39" customWidth="1"/>
     <col min="16142" max="16142" width="10.140625" style="39" customWidth="1"/>
     <col min="16143" max="16143" width="6" style="39" customWidth="1"/>
     <col min="16144" max="16144" width="9" style="39" customWidth="1"/>
     <col min="16145" max="16145" width="5.140625" style="39" customWidth="1"/>
     <col min="16146" max="16146" width="7.42578125" style="39" customWidth="1"/>
     <col min="16147" max="16147" width="6.42578125" style="39" customWidth="1"/>
     <col min="16148" max="16148" width="9.42578125" style="39" customWidth="1"/>
     <col min="16149" max="16149" width="5" style="39" customWidth="1"/>
     <col min="16150" max="16150" width="10" style="39" customWidth="1"/>
     <col min="16151" max="16384" width="9.140625" style="39"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="15" x14ac:dyDescent="0.2">
-      <c r="A1" s="155" t="s">
+      <c r="A1" s="154" t="s">
         <v>1893</v>
       </c>
-      <c r="B1" s="155"/>
-[...19 lines deleted...]
-      <c r="V1" s="155"/>
+      <c r="B1" s="154"/>
+      <c r="C1" s="154"/>
+      <c r="D1" s="154"/>
+      <c r="E1" s="154"/>
+      <c r="F1" s="154"/>
+      <c r="G1" s="154"/>
+      <c r="H1" s="154"/>
+      <c r="I1" s="154"/>
+      <c r="J1" s="154"/>
+      <c r="K1" s="154"/>
+      <c r="L1" s="154"/>
+      <c r="M1" s="154"/>
+      <c r="N1" s="154"/>
+      <c r="O1" s="154"/>
+      <c r="P1" s="154"/>
+      <c r="Q1" s="154"/>
+      <c r="R1" s="154"/>
+      <c r="S1" s="154"/>
+      <c r="T1" s="154"/>
+      <c r="U1" s="154"/>
+      <c r="V1" s="154"/>
     </row>
     <row r="2" spans="1:22" ht="3.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:22" ht="10.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="156" t="s">
+      <c r="A3" s="155" t="s">
         <v>1698</v>
       </c>
-      <c r="B3" s="156"/>
-[...19 lines deleted...]
-      <c r="V3" s="156"/>
+      <c r="B3" s="155"/>
+      <c r="C3" s="155"/>
+      <c r="D3" s="155"/>
+      <c r="E3" s="155"/>
+      <c r="F3" s="155"/>
+      <c r="G3" s="155"/>
+      <c r="H3" s="155"/>
+      <c r="I3" s="155"/>
+      <c r="J3" s="155"/>
+      <c r="K3" s="155"/>
+      <c r="L3" s="155"/>
+      <c r="M3" s="155"/>
+      <c r="N3" s="155"/>
+      <c r="O3" s="155"/>
+      <c r="P3" s="155"/>
+      <c r="Q3" s="155"/>
+      <c r="R3" s="155"/>
+      <c r="S3" s="155"/>
+      <c r="T3" s="155"/>
+      <c r="U3" s="155"/>
+      <c r="V3" s="155"/>
     </row>
     <row r="4" spans="1:22" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="A4" s="156" t="s">
+      <c r="A4" s="155" t="s">
         <v>2023</v>
       </c>
-      <c r="B4" s="156"/>
-[...19 lines deleted...]
-      <c r="V4" s="156"/>
+      <c r="B4" s="155"/>
+      <c r="C4" s="155"/>
+      <c r="D4" s="155"/>
+      <c r="E4" s="155"/>
+      <c r="F4" s="155"/>
+      <c r="G4" s="155"/>
+      <c r="H4" s="155"/>
+      <c r="I4" s="155"/>
+      <c r="J4" s="155"/>
+      <c r="K4" s="155"/>
+      <c r="L4" s="155"/>
+      <c r="M4" s="155"/>
+      <c r="N4" s="155"/>
+      <c r="O4" s="155"/>
+      <c r="P4" s="155"/>
+      <c r="Q4" s="155"/>
+      <c r="R4" s="155"/>
+      <c r="S4" s="155"/>
+      <c r="T4" s="155"/>
+      <c r="U4" s="155"/>
+      <c r="V4" s="155"/>
     </row>
     <row r="5" spans="1:22" ht="6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="41"/>
       <c r="B5" s="42"/>
       <c r="C5" s="42"/>
       <c r="D5" s="41"/>
       <c r="E5" s="42"/>
       <c r="F5" s="57"/>
       <c r="G5" s="42"/>
       <c r="H5" s="57"/>
       <c r="I5" s="42"/>
       <c r="J5" s="57"/>
       <c r="K5" s="42"/>
       <c r="L5" s="57"/>
       <c r="M5" s="58"/>
       <c r="N5" s="57"/>
       <c r="O5" s="42"/>
       <c r="P5" s="57"/>
       <c r="Q5" s="42"/>
       <c r="R5" s="57"/>
       <c r="S5" s="42"/>
       <c r="T5" s="57"/>
       <c r="U5" s="42"/>
       <c r="V5" s="57"/>
     </row>
     <row r="6" spans="1:22" s="90" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="C6" s="157" t="s">
+      <c r="C6" s="156" t="s">
         <v>37</v>
       </c>
-      <c r="D6" s="158"/>
-      <c r="E6" s="157" t="s">
+      <c r="D6" s="157"/>
+      <c r="E6" s="156" t="s">
         <v>38</v>
       </c>
-      <c r="F6" s="158"/>
-      <c r="G6" s="157" t="s">
+      <c r="F6" s="157"/>
+      <c r="G6" s="156" t="s">
         <v>39</v>
       </c>
-      <c r="H6" s="158"/>
-      <c r="I6" s="157" t="s">
+      <c r="H6" s="157"/>
+      <c r="I6" s="156" t="s">
         <v>40</v>
       </c>
-      <c r="J6" s="157"/>
-      <c r="K6" s="157" t="s">
+      <c r="J6" s="156"/>
+      <c r="K6" s="156" t="s">
         <v>41</v>
       </c>
-      <c r="L6" s="157"/>
-      <c r="M6" s="159" t="s">
+      <c r="L6" s="156"/>
+      <c r="M6" s="158" t="s">
         <v>42</v>
       </c>
-      <c r="N6" s="160"/>
-      <c r="O6" s="161" t="s">
+      <c r="N6" s="159"/>
+      <c r="O6" s="160" t="s">
         <v>43</v>
       </c>
-      <c r="P6" s="160"/>
-      <c r="Q6" s="161" t="s">
+      <c r="P6" s="159"/>
+      <c r="Q6" s="160" t="s">
         <v>44</v>
       </c>
-      <c r="R6" s="160"/>
-      <c r="S6" s="157" t="s">
+      <c r="R6" s="159"/>
+      <c r="S6" s="156" t="s">
         <v>45</v>
       </c>
-      <c r="T6" s="157"/>
-      <c r="U6" s="161" t="s">
+      <c r="T6" s="156"/>
+      <c r="U6" s="160" t="s">
         <v>46</v>
       </c>
-      <c r="V6" s="160"/>
+      <c r="V6" s="159"/>
     </row>
     <row r="7" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="C7" s="151" t="s">
+      <c r="C7" s="150" t="s">
         <v>564</v>
       </c>
-      <c r="D7" s="151"/>
-      <c r="E7" s="151" t="s">
+      <c r="D7" s="150"/>
+      <c r="E7" s="150" t="s">
         <v>564</v>
       </c>
-      <c r="F7" s="151"/>
-      <c r="G7" s="151" t="s">
+      <c r="F7" s="150"/>
+      <c r="G7" s="150" t="s">
         <v>564</v>
       </c>
-      <c r="H7" s="151"/>
-      <c r="I7" s="151" t="s">
+      <c r="H7" s="150"/>
+      <c r="I7" s="150" t="s">
         <v>564</v>
       </c>
-      <c r="J7" s="151"/>
-      <c r="K7" s="151" t="s">
+      <c r="J7" s="150"/>
+      <c r="K7" s="150" t="s">
         <v>564</v>
       </c>
-      <c r="L7" s="151"/>
-      <c r="M7" s="151" t="s">
+      <c r="L7" s="150"/>
+      <c r="M7" s="150" t="s">
         <v>648</v>
       </c>
-      <c r="N7" s="151"/>
-      <c r="O7" s="151" t="s">
+      <c r="N7" s="150"/>
+      <c r="O7" s="150" t="s">
         <v>564</v>
       </c>
-      <c r="P7" s="151"/>
-      <c r="Q7" s="151" t="s">
+      <c r="P7" s="150"/>
+      <c r="Q7" s="150" t="s">
         <v>564</v>
       </c>
-      <c r="R7" s="151"/>
-      <c r="S7" s="151" t="s">
+      <c r="R7" s="150"/>
+      <c r="S7" s="150" t="s">
         <v>564</v>
       </c>
-      <c r="T7" s="151"/>
-      <c r="U7" s="151" t="s">
+      <c r="T7" s="150"/>
+      <c r="U7" s="150" t="s">
         <v>564</v>
       </c>
-      <c r="V7" s="151"/>
+      <c r="V7" s="150"/>
     </row>
     <row r="8" spans="1:22" s="90" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A8" s="90" t="s">
         <v>47</v>
       </c>
       <c r="B8" s="91" t="s">
         <v>647</v>
       </c>
-      <c r="C8" s="152">
+      <c r="C8" s="151">
         <v>41</v>
       </c>
-      <c r="D8" s="153"/>
-      <c r="E8" s="152">
+      <c r="D8" s="152"/>
+      <c r="E8" s="151">
         <v>39</v>
       </c>
-      <c r="F8" s="153"/>
-      <c r="G8" s="152" t="s">
+      <c r="F8" s="152"/>
+      <c r="G8" s="151" t="s">
         <v>30</v>
       </c>
-      <c r="H8" s="153"/>
-      <c r="I8" s="152">
+      <c r="H8" s="152"/>
+      <c r="I8" s="151">
         <v>1500</v>
       </c>
-      <c r="J8" s="153"/>
-      <c r="K8" s="152">
+      <c r="J8" s="152"/>
+      <c r="K8" s="151">
         <v>300</v>
       </c>
-      <c r="L8" s="153"/>
-      <c r="M8" s="152">
+      <c r="L8" s="152"/>
+      <c r="M8" s="151">
         <v>17000</v>
       </c>
-      <c r="N8" s="153"/>
-      <c r="O8" s="152">
+      <c r="N8" s="152"/>
+      <c r="O8" s="151">
         <v>75</v>
       </c>
-      <c r="P8" s="153"/>
-      <c r="Q8" s="152">
+      <c r="P8" s="152"/>
+      <c r="Q8" s="151">
         <v>420</v>
       </c>
-      <c r="R8" s="153"/>
-      <c r="S8" s="152">
+      <c r="R8" s="152"/>
+      <c r="S8" s="151">
         <v>100</v>
       </c>
-      <c r="T8" s="153"/>
-      <c r="U8" s="154">
+      <c r="T8" s="152"/>
+      <c r="U8" s="153">
         <v>2800</v>
       </c>
-      <c r="V8" s="154"/>
+      <c r="V8" s="153"/>
     </row>
     <row r="9" spans="1:22" s="90" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A9" s="92"/>
       <c r="B9" s="92"/>
       <c r="C9" s="93"/>
       <c r="D9" s="94"/>
       <c r="E9" s="93"/>
       <c r="F9" s="95"/>
-      <c r="G9" s="150" t="s">
+      <c r="G9" s="149" t="s">
         <v>359</v>
       </c>
-      <c r="H9" s="150"/>
+      <c r="H9" s="149"/>
       <c r="I9" s="93"/>
       <c r="J9" s="95"/>
       <c r="K9" s="93"/>
       <c r="L9" s="95"/>
       <c r="M9" s="59"/>
       <c r="N9" s="95"/>
-      <c r="O9" s="150" t="s">
+      <c r="O9" s="149" t="s">
         <v>48</v>
       </c>
-      <c r="P9" s="150"/>
+      <c r="P9" s="149"/>
       <c r="Q9" s="93"/>
       <c r="R9" s="95"/>
       <c r="S9" s="96" t="s">
         <v>49</v>
       </c>
       <c r="T9" s="95"/>
       <c r="U9" s="97"/>
       <c r="V9" s="95"/>
     </row>
     <row r="10" spans="1:22" s="90" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A10" s="98" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="91"/>
       <c r="D10" s="47"/>
       <c r="E10" s="91"/>
       <c r="F10" s="98"/>
       <c r="G10" s="99"/>
       <c r="H10" s="100"/>
       <c r="I10" s="91"/>
       <c r="J10" s="98"/>
       <c r="K10" s="91"/>
       <c r="L10" s="98"/>
       <c r="M10" s="101"/>
       <c r="N10" s="98"/>
       <c r="O10" s="99"/>
       <c r="P10" s="98"/>
       <c r="Q10" s="91"/>
       <c r="R10" s="98"/>
       <c r="S10" s="99"/>
       <c r="T10" s="98"/>
       <c r="U10" s="102"/>
       <c r="V10" s="98"/>
     </row>
     <row r="11" spans="1:22" s="90" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A11" s="103" t="s">
         <v>1144</v>
       </c>
-      <c r="C11" s="148">
+      <c r="C11" s="147">
         <v>25</v>
       </c>
-      <c r="D11" s="149"/>
-      <c r="E11" s="148">
+      <c r="D11" s="148"/>
+      <c r="E11" s="147">
         <v>23</v>
       </c>
-      <c r="F11" s="149"/>
-      <c r="G11" s="148">
+      <c r="F11" s="148"/>
+      <c r="G11" s="147">
         <v>725</v>
       </c>
-      <c r="H11" s="149"/>
-      <c r="I11" s="148">
+      <c r="H11" s="148"/>
+      <c r="I11" s="147">
         <v>906</v>
       </c>
-      <c r="J11" s="149"/>
-      <c r="K11" s="148">
+      <c r="J11" s="148"/>
+      <c r="K11" s="147">
         <v>181</v>
       </c>
-      <c r="L11" s="149"/>
-      <c r="M11" s="148">
+      <c r="L11" s="148"/>
+      <c r="M11" s="147">
         <v>10000</v>
       </c>
-      <c r="N11" s="149"/>
-      <c r="O11" s="148">
+      <c r="N11" s="148"/>
+      <c r="O11" s="147">
         <v>45</v>
       </c>
-      <c r="P11" s="149"/>
-      <c r="Q11" s="148">
+      <c r="P11" s="148"/>
+      <c r="Q11" s="147">
         <v>254</v>
       </c>
-      <c r="R11" s="149"/>
-      <c r="S11" s="148">
+      <c r="R11" s="148"/>
+      <c r="S11" s="147">
         <v>22</v>
       </c>
-      <c r="T11" s="149"/>
-      <c r="U11" s="148">
+      <c r="T11" s="148"/>
+      <c r="U11" s="147">
         <v>1691</v>
       </c>
-      <c r="V11" s="149"/>
+      <c r="V11" s="148"/>
     </row>
     <row r="12" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A12" s="103"/>
       <c r="B12" s="104" t="s">
         <v>1943</v>
       </c>
       <c r="C12" s="40" t="s">
         <v>1980</v>
       </c>
       <c r="D12" s="132" t="s">
         <v>1854</v>
       </c>
       <c r="E12" s="48">
         <v>3</v>
       </c>
       <c r="F12" s="52" t="s">
         <v>217</v>
       </c>
       <c r="G12" s="40">
         <v>62</v>
       </c>
       <c r="H12" s="132" t="s">
         <v>1985</v>
       </c>
       <c r="I12" s="48">
@@ -17128,90 +17224,90 @@
       </c>
       <c r="U28" s="48">
         <v>1023</v>
       </c>
       <c r="V28" s="52" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="29" spans="1:22" x14ac:dyDescent="0.2">
       <c r="B29" s="106"/>
       <c r="E29" s="48"/>
       <c r="F29" s="52"/>
       <c r="I29" s="48"/>
       <c r="J29" s="52"/>
       <c r="M29" s="48"/>
       <c r="N29" s="52"/>
       <c r="Q29" s="48"/>
       <c r="R29" s="52"/>
       <c r="U29" s="48"/>
       <c r="V29" s="52"/>
     </row>
     <row r="30" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="103" t="s">
         <v>1145</v>
       </c>
-      <c r="C30" s="147">
+      <c r="C30" s="146">
         <v>25</v>
       </c>
-      <c r="D30" s="147"/>
-      <c r="E30" s="147">
+      <c r="D30" s="146"/>
+      <c r="E30" s="146">
         <v>23</v>
       </c>
-      <c r="F30" s="147"/>
-      <c r="G30" s="147">
+      <c r="F30" s="146"/>
+      <c r="G30" s="146">
         <v>725</v>
       </c>
-      <c r="H30" s="147"/>
-      <c r="I30" s="147">
+      <c r="H30" s="146"/>
+      <c r="I30" s="146">
         <v>906</v>
       </c>
-      <c r="J30" s="147"/>
-      <c r="K30" s="147">
+      <c r="J30" s="146"/>
+      <c r="K30" s="146">
         <v>181</v>
       </c>
-      <c r="L30" s="147"/>
-      <c r="M30" s="147">
+      <c r="L30" s="146"/>
+      <c r="M30" s="146">
         <v>10000</v>
       </c>
-      <c r="N30" s="147"/>
-      <c r="O30" s="147">
+      <c r="N30" s="146"/>
+      <c r="O30" s="146">
         <v>45</v>
       </c>
-      <c r="P30" s="147"/>
-      <c r="Q30" s="147">
+      <c r="P30" s="146"/>
+      <c r="Q30" s="146">
         <v>254</v>
       </c>
-      <c r="R30" s="147"/>
-      <c r="S30" s="147">
+      <c r="R30" s="146"/>
+      <c r="S30" s="146">
         <v>22</v>
       </c>
-      <c r="T30" s="147"/>
-      <c r="U30" s="147">
+      <c r="T30" s="146"/>
+      <c r="U30" s="146">
         <v>1691</v>
       </c>
-      <c r="V30" s="147"/>
+      <c r="V30" s="146"/>
     </row>
     <row r="31" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="103"/>
       <c r="B31" s="106" t="s">
         <v>1086</v>
       </c>
       <c r="C31" s="45">
         <v>8</v>
       </c>
       <c r="D31" s="107" t="s">
         <v>98</v>
       </c>
       <c r="E31" s="45">
         <v>3</v>
       </c>
       <c r="F31" s="50" t="s">
         <v>123</v>
       </c>
       <c r="G31" s="45">
         <v>66</v>
       </c>
       <c r="H31" s="50" t="s">
         <v>1087</v>
       </c>
       <c r="I31" s="48">
@@ -18255,90 +18351,90 @@
       <c r="C47" s="45"/>
       <c r="D47" s="108"/>
       <c r="E47" s="45"/>
       <c r="F47" s="50"/>
       <c r="G47" s="45"/>
       <c r="H47" s="50"/>
       <c r="I47" s="45"/>
       <c r="J47" s="50"/>
       <c r="K47" s="45"/>
       <c r="L47" s="50"/>
       <c r="M47" s="45"/>
       <c r="N47" s="50"/>
       <c r="O47" s="45"/>
       <c r="P47" s="50"/>
       <c r="Q47" s="45"/>
       <c r="R47" s="50"/>
       <c r="S47" s="45"/>
       <c r="T47" s="50"/>
       <c r="U47" s="45"/>
       <c r="V47" s="50"/>
     </row>
     <row r="48" spans="1:22" s="90" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A48" s="103" t="s">
         <v>1144</v>
       </c>
-      <c r="C48" s="148">
+      <c r="C48" s="147">
         <v>25</v>
       </c>
-      <c r="D48" s="149"/>
-      <c r="E48" s="148">
+      <c r="D48" s="148"/>
+      <c r="E48" s="147">
         <v>23</v>
       </c>
-      <c r="F48" s="149"/>
-      <c r="G48" s="148">
+      <c r="F48" s="148"/>
+      <c r="G48" s="147">
         <v>725</v>
       </c>
-      <c r="H48" s="149"/>
-      <c r="I48" s="148">
+      <c r="H48" s="148"/>
+      <c r="I48" s="147">
         <v>906</v>
       </c>
-      <c r="J48" s="149"/>
-      <c r="K48" s="148">
+      <c r="J48" s="148"/>
+      <c r="K48" s="147">
         <v>181</v>
       </c>
-      <c r="L48" s="149"/>
-      <c r="M48" s="148">
+      <c r="L48" s="148"/>
+      <c r="M48" s="147">
         <v>10000</v>
       </c>
-      <c r="N48" s="149"/>
-      <c r="O48" s="148">
+      <c r="N48" s="148"/>
+      <c r="O48" s="147">
         <v>45</v>
       </c>
-      <c r="P48" s="149"/>
-      <c r="Q48" s="148">
+      <c r="P48" s="148"/>
+      <c r="Q48" s="147">
         <v>254</v>
       </c>
-      <c r="R48" s="149"/>
-      <c r="S48" s="148">
+      <c r="R48" s="148"/>
+      <c r="S48" s="147">
         <v>22</v>
       </c>
-      <c r="T48" s="149"/>
-      <c r="U48" s="148">
+      <c r="T48" s="148"/>
+      <c r="U48" s="147">
         <v>1691</v>
       </c>
-      <c r="V48" s="149"/>
+      <c r="V48" s="148"/>
     </row>
     <row r="49" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A49" s="103"/>
       <c r="B49" s="104" t="s">
         <v>1943</v>
       </c>
       <c r="C49" s="40" t="s">
         <v>1588</v>
       </c>
       <c r="D49" s="132" t="s">
         <v>1911</v>
       </c>
       <c r="E49" s="48">
         <v>3</v>
       </c>
       <c r="F49" s="52" t="s">
         <v>161</v>
       </c>
       <c r="G49" s="40">
         <v>60</v>
       </c>
       <c r="H49" s="132" t="s">
         <v>1984</v>
       </c>
       <c r="I49" s="48">
@@ -19412,90 +19508,90 @@
       <c r="U65" s="48">
         <v>888</v>
       </c>
       <c r="V65" s="52" t="s">
         <v>1159</v>
       </c>
     </row>
     <row r="66" spans="1:22" s="40" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A66" s="39"/>
       <c r="D66" s="39"/>
       <c r="F66" s="43"/>
       <c r="H66" s="43"/>
       <c r="J66" s="43"/>
       <c r="L66" s="43"/>
       <c r="M66" s="44"/>
       <c r="N66" s="43"/>
       <c r="P66" s="43"/>
       <c r="R66" s="43"/>
       <c r="T66" s="43"/>
       <c r="V66" s="43"/>
     </row>
     <row r="67" spans="1:22" s="40" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A67" s="103" t="s">
         <v>1145</v>
       </c>
-      <c r="C67" s="147">
+      <c r="C67" s="146">
         <v>25</v>
       </c>
-      <c r="D67" s="147"/>
-      <c r="E67" s="147">
+      <c r="D67" s="146"/>
+      <c r="E67" s="146">
         <v>23</v>
       </c>
-      <c r="F67" s="147"/>
-      <c r="G67" s="147">
+      <c r="F67" s="146"/>
+      <c r="G67" s="146">
         <v>725</v>
       </c>
-      <c r="H67" s="147"/>
-      <c r="I67" s="147">
+      <c r="H67" s="146"/>
+      <c r="I67" s="146">
         <v>906</v>
       </c>
-      <c r="J67" s="147"/>
-      <c r="K67" s="147">
+      <c r="J67" s="146"/>
+      <c r="K67" s="146">
         <v>181</v>
       </c>
-      <c r="L67" s="147"/>
-      <c r="M67" s="147">
+      <c r="L67" s="146"/>
+      <c r="M67" s="146">
         <v>10000</v>
       </c>
-      <c r="N67" s="147"/>
-      <c r="O67" s="147">
+      <c r="N67" s="146"/>
+      <c r="O67" s="146">
         <v>45</v>
       </c>
-      <c r="P67" s="147"/>
-      <c r="Q67" s="147">
+      <c r="P67" s="146"/>
+      <c r="Q67" s="146">
         <v>254</v>
       </c>
-      <c r="R67" s="147"/>
-      <c r="S67" s="147">
+      <c r="R67" s="146"/>
+      <c r="S67" s="146">
         <v>22</v>
       </c>
-      <c r="T67" s="147"/>
-      <c r="U67" s="147">
+      <c r="T67" s="146"/>
+      <c r="U67" s="146">
         <v>1691</v>
       </c>
-      <c r="V67" s="147"/>
+      <c r="V67" s="146"/>
     </row>
     <row r="68" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A68" s="103"/>
       <c r="B68" s="106" t="s">
         <v>1086</v>
       </c>
       <c r="C68" s="45">
         <v>2</v>
       </c>
       <c r="D68" s="50" t="s">
         <v>267</v>
       </c>
       <c r="E68" s="48">
         <v>4</v>
       </c>
       <c r="F68" s="52" t="s">
         <v>52</v>
       </c>
       <c r="G68" s="45">
         <v>125</v>
       </c>
       <c r="H68" s="50" t="s">
         <v>1093</v>
       </c>
       <c r="I68" s="48">
@@ -20539,88 +20635,88 @@
       <c r="C84" s="45"/>
       <c r="D84" s="108"/>
       <c r="E84" s="45"/>
       <c r="F84" s="50"/>
       <c r="G84" s="45"/>
       <c r="H84" s="50"/>
       <c r="I84" s="45"/>
       <c r="J84" s="50"/>
       <c r="K84" s="45"/>
       <c r="L84" s="50"/>
       <c r="M84" s="45"/>
       <c r="N84" s="50"/>
       <c r="O84" s="45"/>
       <c r="P84" s="50"/>
       <c r="Q84" s="45"/>
       <c r="R84" s="50"/>
       <c r="S84" s="45"/>
       <c r="T84" s="50"/>
       <c r="U84" s="45"/>
       <c r="V84" s="50"/>
     </row>
     <row r="85" spans="1:22" s="90" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A85" s="103" t="s">
         <v>1144</v>
       </c>
-      <c r="C85" s="148">
+      <c r="C85" s="147">
         <v>26</v>
       </c>
-      <c r="D85" s="149"/>
-      <c r="E85" s="148">
+      <c r="D85" s="148"/>
+      <c r="E85" s="147">
         <v>25</v>
       </c>
-      <c r="F85" s="149"/>
-      <c r="G85" s="148">
+      <c r="F85" s="148"/>
+      <c r="G85" s="147">
         <v>766</v>
       </c>
-      <c r="H85" s="149"/>
-      <c r="I85" s="148">
+      <c r="H85" s="148"/>
+      <c r="I85" s="147">
         <v>1180</v>
       </c>
-      <c r="J85" s="149"/>
-      <c r="K85" s="148">
+      <c r="J85" s="148"/>
+      <c r="K85" s="147">
         <v>191</v>
       </c>
-      <c r="L85" s="149"/>
-      <c r="M85" s="148">
+      <c r="L85" s="148"/>
+      <c r="M85" s="147">
         <v>11000</v>
       </c>
-      <c r="N85" s="149"/>
-      <c r="O85" s="148">
+      <c r="N85" s="148"/>
+      <c r="O85" s="147">
         <v>48</v>
       </c>
-      <c r="P85" s="149"/>
-      <c r="Q85" s="148">
+      <c r="P85" s="148"/>
+      <c r="Q85" s="147">
         <v>268</v>
       </c>
-      <c r="R85" s="149"/>
-      <c r="S85" s="148">
+      <c r="R85" s="148"/>
+      <c r="S85" s="147">
         <v>23</v>
       </c>
-      <c r="T85" s="149"/>
-[...1 lines deleted...]
-      <c r="V85" s="149"/>
+      <c r="T85" s="148"/>
+      <c r="U85" s="147"/>
+      <c r="V85" s="148"/>
     </row>
     <row r="86" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A86" s="103"/>
       <c r="B86" s="104" t="s">
         <v>1943</v>
       </c>
       <c r="C86" s="40" t="s">
         <v>1588</v>
       </c>
       <c r="D86" s="132" t="s">
         <v>1911</v>
       </c>
       <c r="E86" s="48" t="s">
         <v>1404</v>
       </c>
       <c r="F86" s="52" t="s">
         <v>1461</v>
       </c>
       <c r="G86" s="40">
         <v>30</v>
       </c>
       <c r="H86" s="132" t="s">
         <v>1983</v>
       </c>
       <c r="I86" s="48">
@@ -21682,90 +21778,90 @@
       <c r="Q102" s="118">
         <v>45</v>
       </c>
       <c r="R102" s="119" t="s">
         <v>1194</v>
       </c>
       <c r="S102" s="40">
         <v>7</v>
       </c>
       <c r="T102" s="43" t="s">
         <v>945</v>
       </c>
       <c r="U102" s="118">
         <v>867</v>
       </c>
       <c r="V102" s="119" t="s">
         <v>1195</v>
       </c>
     </row>
     <row r="103" spans="1:22" ht="13.5" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="104" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A104" s="103" t="s">
         <v>1145</v>
       </c>
       <c r="B104" s="39"/>
-      <c r="C104" s="147">
+      <c r="C104" s="146">
         <v>26</v>
       </c>
-      <c r="D104" s="147"/>
-      <c r="E104" s="147">
+      <c r="D104" s="146"/>
+      <c r="E104" s="146">
         <v>25</v>
       </c>
-      <c r="F104" s="147"/>
-      <c r="G104" s="147">
+      <c r="F104" s="146"/>
+      <c r="G104" s="146">
         <v>766</v>
       </c>
-      <c r="H104" s="147"/>
-      <c r="I104" s="147">
+      <c r="H104" s="146"/>
+      <c r="I104" s="146">
         <v>957</v>
       </c>
-      <c r="J104" s="147"/>
-      <c r="K104" s="147">
+      <c r="J104" s="146"/>
+      <c r="K104" s="146">
         <v>191</v>
       </c>
-      <c r="L104" s="147"/>
-      <c r="M104" s="147">
+      <c r="L104" s="146"/>
+      <c r="M104" s="146">
         <v>11000</v>
       </c>
-      <c r="N104" s="147"/>
-      <c r="O104" s="147">
+      <c r="N104" s="146"/>
+      <c r="O104" s="146">
         <v>48</v>
       </c>
-      <c r="P104" s="147"/>
-      <c r="Q104" s="147">
+      <c r="P104" s="146"/>
+      <c r="Q104" s="146">
         <v>268</v>
       </c>
-      <c r="R104" s="147"/>
-      <c r="S104" s="147">
+      <c r="R104" s="146"/>
+      <c r="S104" s="146">
         <v>23</v>
       </c>
-      <c r="T104" s="147"/>
-      <c r="U104" s="147">
+      <c r="T104" s="146"/>
+      <c r="U104" s="146">
         <v>1787</v>
       </c>
-      <c r="V104" s="147"/>
+      <c r="V104" s="146"/>
     </row>
     <row r="105" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A105" s="103"/>
       <c r="B105" s="106" t="s">
         <v>1086</v>
       </c>
       <c r="C105" s="45">
         <v>6</v>
       </c>
       <c r="D105" s="108" t="s">
         <v>482</v>
       </c>
       <c r="E105" s="48">
         <v>2</v>
       </c>
       <c r="F105" s="52" t="s">
         <v>181</v>
       </c>
       <c r="G105" s="45">
         <v>36</v>
       </c>
       <c r="H105" s="50" t="s">
         <v>1100</v>
       </c>
       <c r="I105" s="48">
@@ -22810,90 +22906,90 @@
       <c r="C121" s="45"/>
       <c r="D121" s="108"/>
       <c r="E121" s="45"/>
       <c r="F121" s="50"/>
       <c r="G121" s="45"/>
       <c r="H121" s="50"/>
       <c r="I121" s="45"/>
       <c r="J121" s="50"/>
       <c r="K121" s="45"/>
       <c r="L121" s="50"/>
       <c r="M121" s="45"/>
       <c r="N121" s="50"/>
       <c r="O121" s="45"/>
       <c r="P121" s="50"/>
       <c r="Q121" s="45"/>
       <c r="R121" s="50"/>
       <c r="S121" s="45"/>
       <c r="T121" s="50"/>
       <c r="U121" s="45"/>
       <c r="V121" s="50"/>
     </row>
     <row r="122" spans="1:22" s="90" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A122" s="103" t="s">
         <v>1144</v>
       </c>
-      <c r="C122" s="148">
+      <c r="C122" s="147">
         <v>17</v>
       </c>
-      <c r="D122" s="149"/>
-      <c r="E122" s="148">
+      <c r="D122" s="148"/>
+      <c r="E122" s="147">
         <v>15</v>
       </c>
-      <c r="F122" s="149"/>
-      <c r="G122" s="148">
+      <c r="F122" s="148"/>
+      <c r="G122" s="147">
         <v>486</v>
       </c>
-      <c r="H122" s="149"/>
-      <c r="I122" s="148">
+      <c r="H122" s="148"/>
+      <c r="I122" s="147">
         <v>608</v>
       </c>
-      <c r="J122" s="149"/>
-      <c r="K122" s="148">
+      <c r="J122" s="148"/>
+      <c r="K122" s="147">
         <v>121</v>
       </c>
-      <c r="L122" s="149"/>
-      <c r="M122" s="148">
+      <c r="L122" s="148"/>
+      <c r="M122" s="147">
         <v>7000</v>
       </c>
-      <c r="N122" s="149"/>
-      <c r="O122" s="148">
+      <c r="N122" s="148"/>
+      <c r="O122" s="147">
         <v>30</v>
       </c>
-      <c r="P122" s="149"/>
-      <c r="Q122" s="148">
+      <c r="P122" s="148"/>
+      <c r="Q122" s="147">
         <v>170</v>
       </c>
-      <c r="R122" s="149"/>
-      <c r="S122" s="148">
+      <c r="R122" s="148"/>
+      <c r="S122" s="147">
         <v>15</v>
       </c>
-      <c r="T122" s="149"/>
-      <c r="U122" s="148">
+      <c r="T122" s="148"/>
+      <c r="U122" s="147">
         <v>1135</v>
       </c>
-      <c r="V122" s="149"/>
+      <c r="V122" s="148"/>
     </row>
     <row r="123" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A123" s="103"/>
       <c r="B123" s="104" t="s">
         <v>1943</v>
       </c>
       <c r="C123" s="40" t="s">
         <v>1588</v>
       </c>
       <c r="D123" s="132" t="s">
         <v>1911</v>
       </c>
       <c r="E123" s="48">
         <v>3</v>
       </c>
       <c r="F123" s="52" t="s">
         <v>161</v>
       </c>
       <c r="G123" s="40">
         <v>42</v>
       </c>
       <c r="H123" s="132" t="s">
         <v>991</v>
       </c>
       <c r="I123" s="48">
@@ -23977,90 +24073,90 @@
       <c r="C140" s="40"/>
       <c r="D140" s="39"/>
       <c r="E140" s="40"/>
       <c r="F140" s="43"/>
       <c r="G140" s="40"/>
       <c r="H140" s="43"/>
       <c r="I140" s="40"/>
       <c r="J140" s="43"/>
       <c r="K140" s="40"/>
       <c r="L140" s="43"/>
       <c r="M140" s="44"/>
       <c r="N140" s="43"/>
       <c r="O140" s="40"/>
       <c r="P140" s="43"/>
       <c r="Q140" s="40"/>
       <c r="R140" s="43"/>
       <c r="S140" s="40"/>
       <c r="T140" s="43"/>
       <c r="U140" s="40"/>
       <c r="V140" s="43"/>
     </row>
     <row r="141" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A141" s="103" t="s">
         <v>1145</v>
       </c>
-      <c r="C141" s="147">
+      <c r="C141" s="146">
         <v>17</v>
       </c>
-      <c r="D141" s="147"/>
-      <c r="E141" s="147">
+      <c r="D141" s="146"/>
+      <c r="E141" s="146">
         <v>15</v>
       </c>
-      <c r="F141" s="147"/>
-      <c r="G141" s="147">
+      <c r="F141" s="146"/>
+      <c r="G141" s="146">
         <v>486</v>
       </c>
-      <c r="H141" s="147"/>
-      <c r="I141" s="147">
+      <c r="H141" s="146"/>
+      <c r="I141" s="146">
         <v>608</v>
       </c>
-      <c r="J141" s="147"/>
-      <c r="K141" s="147">
+      <c r="J141" s="146"/>
+      <c r="K141" s="146">
         <v>121</v>
       </c>
-      <c r="L141" s="147"/>
-      <c r="M141" s="147">
+      <c r="L141" s="146"/>
+      <c r="M141" s="146">
         <v>7000</v>
       </c>
-      <c r="N141" s="147"/>
-      <c r="O141" s="147">
+      <c r="N141" s="146"/>
+      <c r="O141" s="146">
         <v>30</v>
       </c>
-      <c r="P141" s="147"/>
-      <c r="Q141" s="147">
+      <c r="P141" s="146"/>
+      <c r="Q141" s="146">
         <v>170</v>
       </c>
-      <c r="R141" s="147"/>
-      <c r="S141" s="147">
+      <c r="R141" s="146"/>
+      <c r="S141" s="146">
         <v>15</v>
       </c>
-      <c r="T141" s="147"/>
-      <c r="U141" s="147">
+      <c r="T141" s="146"/>
+      <c r="U141" s="146">
         <v>1135</v>
       </c>
-      <c r="V141" s="147"/>
+      <c r="V141" s="146"/>
     </row>
     <row r="142" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A142" s="103"/>
       <c r="B142" s="106" t="s">
         <v>1086</v>
       </c>
       <c r="C142" s="45">
         <v>5</v>
       </c>
       <c r="D142" s="108" t="s">
         <v>713</v>
       </c>
       <c r="E142" s="48">
         <v>3</v>
       </c>
       <c r="F142" s="52" t="s">
         <v>203</v>
       </c>
       <c r="G142" s="45">
         <v>104</v>
       </c>
       <c r="H142" s="50" t="s">
         <v>1106</v>
       </c>
       <c r="I142" s="48">
@@ -25106,90 +25202,90 @@
       <c r="C158" s="45"/>
       <c r="D158" s="108"/>
       <c r="E158" s="45"/>
       <c r="F158" s="50"/>
       <c r="G158" s="45"/>
       <c r="H158" s="50"/>
       <c r="I158" s="45"/>
       <c r="J158" s="50"/>
       <c r="K158" s="45"/>
       <c r="L158" s="50"/>
       <c r="M158" s="45"/>
       <c r="N158" s="50"/>
       <c r="O158" s="45"/>
       <c r="P158" s="50"/>
       <c r="Q158" s="45"/>
       <c r="R158" s="50"/>
       <c r="S158" s="45"/>
       <c r="T158" s="50"/>
       <c r="U158" s="45"/>
       <c r="V158" s="50"/>
     </row>
     <row r="159" spans="1:22" s="90" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A159" s="103" t="s">
         <v>1144</v>
       </c>
-      <c r="C159" s="148">
+      <c r="C159" s="147">
         <v>18</v>
       </c>
-      <c r="D159" s="149"/>
-      <c r="E159" s="148">
+      <c r="D159" s="148"/>
+      <c r="E159" s="147">
         <v>17</v>
       </c>
-      <c r="F159" s="149"/>
-      <c r="G159" s="148">
+      <c r="F159" s="148"/>
+      <c r="G159" s="147">
         <v>529</v>
       </c>
-      <c r="H159" s="149"/>
-      <c r="I159" s="148">
+      <c r="H159" s="148"/>
+      <c r="I159" s="147">
         <v>661</v>
       </c>
-      <c r="J159" s="149"/>
-      <c r="K159" s="148">
+      <c r="J159" s="148"/>
+      <c r="K159" s="147">
         <v>132</v>
       </c>
-      <c r="L159" s="149"/>
-      <c r="M159" s="148">
+      <c r="L159" s="148"/>
+      <c r="M159" s="147">
         <v>7000</v>
       </c>
-      <c r="N159" s="149"/>
-      <c r="O159" s="148">
+      <c r="N159" s="148"/>
+      <c r="O159" s="147">
         <v>33</v>
       </c>
-      <c r="P159" s="149"/>
-      <c r="Q159" s="148">
+      <c r="P159" s="148"/>
+      <c r="Q159" s="147">
         <v>185</v>
       </c>
-      <c r="R159" s="149"/>
-      <c r="S159" s="148">
+      <c r="R159" s="148"/>
+      <c r="S159" s="147">
         <v>16</v>
       </c>
-      <c r="T159" s="149"/>
-      <c r="U159" s="148">
+      <c r="T159" s="148"/>
+      <c r="U159" s="147">
         <v>1234</v>
       </c>
-      <c r="V159" s="149"/>
+      <c r="V159" s="148"/>
     </row>
     <row r="160" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A160" s="103"/>
       <c r="B160" s="104" t="s">
         <v>1943</v>
       </c>
       <c r="C160" s="40" t="s">
         <v>1588</v>
       </c>
       <c r="D160" s="132" t="s">
         <v>1911</v>
       </c>
       <c r="E160" s="48" t="s">
         <v>1404</v>
       </c>
       <c r="F160" s="52" t="s">
         <v>1461</v>
       </c>
       <c r="G160" s="40">
         <v>13</v>
       </c>
       <c r="H160" s="132" t="s">
         <v>1287</v>
       </c>
       <c r="I160" s="48">
@@ -26251,90 +26347,90 @@
       <c r="Q176" s="48">
         <v>14</v>
       </c>
       <c r="R176" s="52" t="s">
         <v>1150</v>
       </c>
       <c r="S176" s="40">
         <v>0</v>
       </c>
       <c r="T176" s="43" t="s">
         <v>450</v>
       </c>
       <c r="U176" s="48">
         <v>418</v>
       </c>
       <c r="V176" s="52" t="s">
         <v>1201</v>
       </c>
     </row>
     <row r="177" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="178" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A178" s="103" t="s">
         <v>1145</v>
       </c>
       <c r="B178" s="40"/>
-      <c r="C178" s="147">
+      <c r="C178" s="146">
         <v>18</v>
       </c>
-      <c r="D178" s="147"/>
-      <c r="E178" s="147">
+      <c r="D178" s="146"/>
+      <c r="E178" s="146">
         <v>17</v>
       </c>
-      <c r="F178" s="147"/>
-      <c r="G178" s="147">
+      <c r="F178" s="146"/>
+      <c r="G178" s="146">
         <v>529</v>
       </c>
-      <c r="H178" s="147"/>
-      <c r="I178" s="147">
+      <c r="H178" s="146"/>
+      <c r="I178" s="146">
         <v>661</v>
       </c>
-      <c r="J178" s="147"/>
-      <c r="K178" s="147">
+      <c r="J178" s="146"/>
+      <c r="K178" s="146">
         <v>132</v>
       </c>
-      <c r="L178" s="147"/>
-      <c r="M178" s="147">
+      <c r="L178" s="146"/>
+      <c r="M178" s="146">
         <v>7000</v>
       </c>
-      <c r="N178" s="147"/>
-      <c r="O178" s="147">
+      <c r="N178" s="146"/>
+      <c r="O178" s="146">
         <v>33</v>
       </c>
-      <c r="P178" s="147"/>
-      <c r="Q178" s="147">
+      <c r="P178" s="146"/>
+      <c r="Q178" s="146">
         <v>185</v>
       </c>
-      <c r="R178" s="147"/>
-      <c r="S178" s="147">
+      <c r="R178" s="146"/>
+      <c r="S178" s="146">
         <v>16</v>
       </c>
-      <c r="T178" s="147"/>
-      <c r="U178" s="147">
+      <c r="T178" s="146"/>
+      <c r="U178" s="146">
         <v>1234</v>
       </c>
-      <c r="V178" s="147"/>
+      <c r="V178" s="146"/>
     </row>
     <row r="179" spans="1:22" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A179" s="103"/>
       <c r="B179" s="106" t="s">
         <v>1086</v>
       </c>
       <c r="C179" s="45">
         <v>0</v>
       </c>
       <c r="D179" s="108" t="s">
         <v>238</v>
       </c>
       <c r="E179" s="48">
         <v>1</v>
       </c>
       <c r="F179" s="52" t="s">
         <v>136</v>
       </c>
       <c r="G179" s="45">
         <v>19</v>
       </c>
       <c r="H179" s="50" t="s">
         <v>1112</v>
       </c>
       <c r="I179" s="48">
@@ -27405,90 +27501,90 @@
       <c r="D196" s="108"/>
       <c r="E196" s="45"/>
       <c r="F196" s="50"/>
       <c r="G196" s="45"/>
       <c r="H196" s="50"/>
       <c r="I196" s="45"/>
       <c r="J196" s="50"/>
       <c r="K196" s="45"/>
       <c r="L196" s="50"/>
       <c r="M196" s="45"/>
       <c r="N196" s="50"/>
       <c r="O196" s="45"/>
       <c r="P196" s="50"/>
       <c r="Q196" s="45"/>
       <c r="R196" s="50"/>
       <c r="S196" s="45"/>
       <c r="T196" s="50"/>
       <c r="U196" s="45"/>
       <c r="V196" s="50"/>
     </row>
     <row r="197" spans="1:22" s="104" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A197" s="103" t="s">
         <v>1144</v>
       </c>
       <c r="B197" s="90"/>
-      <c r="C197" s="148">
+      <c r="C197" s="147">
         <v>22</v>
       </c>
-      <c r="D197" s="149"/>
-      <c r="E197" s="148">
+      <c r="D197" s="148"/>
+      <c r="E197" s="147">
         <v>21</v>
       </c>
-      <c r="F197" s="149"/>
-      <c r="G197" s="148">
+      <c r="F197" s="148"/>
+      <c r="G197" s="147">
         <v>629</v>
       </c>
-      <c r="H197" s="149"/>
-      <c r="I197" s="148">
+      <c r="H197" s="148"/>
+      <c r="I197" s="147">
         <v>787</v>
       </c>
-      <c r="J197" s="149"/>
-      <c r="K197" s="148">
+      <c r="J197" s="148"/>
+      <c r="K197" s="147">
         <v>157</v>
       </c>
-      <c r="L197" s="149"/>
-      <c r="M197" s="148">
+      <c r="L197" s="148"/>
+      <c r="M197" s="147">
         <v>9000</v>
       </c>
-      <c r="N197" s="149"/>
-      <c r="O197" s="148">
+      <c r="N197" s="148"/>
+      <c r="O197" s="147">
         <v>39</v>
       </c>
-      <c r="P197" s="149"/>
-      <c r="Q197" s="148">
+      <c r="P197" s="148"/>
+      <c r="Q197" s="147">
         <v>220</v>
       </c>
-      <c r="R197" s="149"/>
-      <c r="S197" s="148">
+      <c r="R197" s="148"/>
+      <c r="S197" s="147">
         <v>18</v>
       </c>
-      <c r="T197" s="149"/>
-      <c r="U197" s="148">
+      <c r="T197" s="148"/>
+      <c r="U197" s="147">
         <v>1468</v>
       </c>
-      <c r="V197" s="149"/>
+      <c r="V197" s="148"/>
     </row>
     <row r="198" spans="1:22" s="104" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A198" s="103"/>
       <c r="B198" s="104" t="s">
         <v>1943</v>
       </c>
       <c r="C198" s="40" t="s">
         <v>1588</v>
       </c>
       <c r="D198" s="132" t="s">
         <v>1911</v>
       </c>
       <c r="E198" s="48" t="s">
         <v>1404</v>
       </c>
       <c r="F198" s="52" t="s">
         <v>1461</v>
       </c>
       <c r="G198" s="40">
         <v>40</v>
       </c>
       <c r="H198" s="132" t="s">
         <v>1982</v>
       </c>
       <c r="I198" s="48">
@@ -28572,90 +28668,90 @@
       <c r="C215" s="40"/>
       <c r="D215" s="39"/>
       <c r="E215" s="40"/>
       <c r="F215" s="43"/>
       <c r="G215" s="40"/>
       <c r="H215" s="43"/>
       <c r="I215" s="40"/>
       <c r="J215" s="43"/>
       <c r="K215" s="40"/>
       <c r="L215" s="43"/>
       <c r="M215" s="44"/>
       <c r="N215" s="43"/>
       <c r="O215" s="40"/>
       <c r="P215" s="43"/>
       <c r="Q215" s="40"/>
       <c r="R215" s="43"/>
       <c r="S215" s="40"/>
       <c r="T215" s="43"/>
       <c r="U215" s="40"/>
       <c r="V215" s="43"/>
     </row>
     <row r="216" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A216" s="103" t="s">
         <v>1145</v>
       </c>
-      <c r="C216" s="147">
+      <c r="C216" s="146">
         <v>22</v>
       </c>
-      <c r="D216" s="147"/>
-      <c r="E216" s="147">
+      <c r="D216" s="146"/>
+      <c r="E216" s="146">
         <v>21</v>
       </c>
-      <c r="F216" s="147"/>
-      <c r="G216" s="147">
+      <c r="F216" s="146"/>
+      <c r="G216" s="146">
         <v>629</v>
       </c>
-      <c r="H216" s="147"/>
-      <c r="I216" s="147">
+      <c r="H216" s="146"/>
+      <c r="I216" s="146">
         <v>787</v>
       </c>
-      <c r="J216" s="147"/>
-      <c r="K216" s="147">
+      <c r="J216" s="146"/>
+      <c r="K216" s="146">
         <v>157</v>
       </c>
-      <c r="L216" s="147"/>
-      <c r="M216" s="147">
+      <c r="L216" s="146"/>
+      <c r="M216" s="146">
         <v>9000</v>
       </c>
-      <c r="N216" s="147"/>
-      <c r="O216" s="147">
+      <c r="N216" s="146"/>
+      <c r="O216" s="146">
         <v>39</v>
       </c>
-      <c r="P216" s="147"/>
-      <c r="Q216" s="147">
+      <c r="P216" s="146"/>
+      <c r="Q216" s="146">
         <v>220</v>
       </c>
-      <c r="R216" s="147"/>
-      <c r="S216" s="147">
+      <c r="R216" s="146"/>
+      <c r="S216" s="146">
         <v>18</v>
       </c>
-      <c r="T216" s="147"/>
-      <c r="U216" s="147">
+      <c r="T216" s="146"/>
+      <c r="U216" s="146">
         <v>1468</v>
       </c>
-      <c r="V216" s="147"/>
+      <c r="V216" s="146"/>
     </row>
     <row r="217" spans="1:22" s="90" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A217" s="103"/>
       <c r="B217" s="106" t="s">
         <v>1086</v>
       </c>
       <c r="C217" s="45">
         <v>6</v>
       </c>
       <c r="D217" s="108" t="s">
         <v>261</v>
       </c>
       <c r="E217" s="48">
         <v>2</v>
       </c>
       <c r="F217" s="52" t="s">
         <v>121</v>
       </c>
       <c r="G217" s="45">
         <v>40</v>
       </c>
       <c r="H217" s="50" t="s">
         <v>1116</v>
       </c>
       <c r="I217" s="48">
@@ -29703,90 +29799,90 @@
       <c r="D233" s="108"/>
       <c r="E233" s="45"/>
       <c r="F233" s="50"/>
       <c r="G233" s="45"/>
       <c r="H233" s="50"/>
       <c r="I233" s="45"/>
       <c r="J233" s="50"/>
       <c r="K233" s="45"/>
       <c r="L233" s="50"/>
       <c r="M233" s="45"/>
       <c r="N233" s="50"/>
       <c r="O233" s="45"/>
       <c r="P233" s="50"/>
       <c r="Q233" s="45"/>
       <c r="R233" s="50"/>
       <c r="S233" s="45"/>
       <c r="T233" s="50"/>
       <c r="U233" s="45"/>
       <c r="V233" s="50"/>
     </row>
     <row r="234" spans="1:22" s="104" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A234" s="103" t="s">
         <v>1144</v>
       </c>
       <c r="B234" s="90"/>
-      <c r="C234" s="148">
+      <c r="C234" s="147">
         <v>28</v>
       </c>
-      <c r="D234" s="149"/>
-      <c r="E234" s="148">
+      <c r="D234" s="148"/>
+      <c r="E234" s="147">
         <v>27</v>
       </c>
-      <c r="F234" s="149"/>
-      <c r="G234" s="148">
+      <c r="F234" s="148"/>
+      <c r="G234" s="147">
         <v>818</v>
       </c>
-      <c r="H234" s="149"/>
-      <c r="I234" s="148">
+      <c r="H234" s="148"/>
+      <c r="I234" s="147">
         <v>1023</v>
       </c>
-      <c r="J234" s="149"/>
-      <c r="K234" s="148">
+      <c r="J234" s="148"/>
+      <c r="K234" s="147">
         <v>204</v>
       </c>
-      <c r="L234" s="149"/>
-      <c r="M234" s="148">
+      <c r="L234" s="148"/>
+      <c r="M234" s="147">
         <v>12000</v>
       </c>
-      <c r="N234" s="149"/>
-      <c r="O234" s="148">
+      <c r="N234" s="148"/>
+      <c r="O234" s="147">
         <v>51</v>
       </c>
-      <c r="P234" s="149"/>
-      <c r="Q234" s="148">
+      <c r="P234" s="148"/>
+      <c r="Q234" s="147">
         <v>286</v>
       </c>
-      <c r="R234" s="149"/>
-      <c r="S234" s="148">
+      <c r="R234" s="148"/>
+      <c r="S234" s="147">
         <v>24</v>
       </c>
-      <c r="T234" s="149"/>
-      <c r="U234" s="148">
+      <c r="T234" s="148"/>
+      <c r="U234" s="147">
         <v>1909</v>
       </c>
-      <c r="V234" s="149"/>
+      <c r="V234" s="148"/>
     </row>
     <row r="235" spans="1:22" s="104" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A235" s="103"/>
       <c r="B235" s="104" t="s">
         <v>1943</v>
       </c>
       <c r="C235" s="40" t="s">
         <v>1588</v>
       </c>
       <c r="D235" s="132" t="s">
         <v>1911</v>
       </c>
       <c r="E235" s="48">
         <v>2</v>
       </c>
       <c r="F235" s="52" t="s">
         <v>161</v>
       </c>
       <c r="G235" s="40">
         <v>62</v>
       </c>
       <c r="H235" s="132" t="s">
         <v>1981</v>
       </c>
       <c r="I235" s="48">
@@ -30870,90 +30966,90 @@
       <c r="C252" s="40"/>
       <c r="D252" s="39"/>
       <c r="E252" s="40"/>
       <c r="F252" s="43"/>
       <c r="G252" s="40"/>
       <c r="H252" s="43"/>
       <c r="I252" s="40"/>
       <c r="J252" s="43"/>
       <c r="K252" s="40"/>
       <c r="L252" s="43"/>
       <c r="M252" s="44"/>
       <c r="N252" s="43"/>
       <c r="O252" s="40"/>
       <c r="P252" s="43"/>
       <c r="Q252" s="40"/>
       <c r="R252" s="43"/>
       <c r="S252" s="40"/>
       <c r="T252" s="43"/>
       <c r="U252" s="40"/>
       <c r="V252" s="43"/>
     </row>
     <row r="253" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A253" s="103" t="s">
         <v>1145</v>
       </c>
-      <c r="C253" s="147">
+      <c r="C253" s="146">
         <v>28</v>
       </c>
-      <c r="D253" s="147"/>
-      <c r="E253" s="147">
+      <c r="D253" s="146"/>
+      <c r="E253" s="146">
         <v>27</v>
       </c>
-      <c r="F253" s="147"/>
-      <c r="G253" s="147">
+      <c r="F253" s="146"/>
+      <c r="G253" s="146">
         <v>818</v>
       </c>
-      <c r="H253" s="147"/>
-      <c r="I253" s="147">
+      <c r="H253" s="146"/>
+      <c r="I253" s="146">
         <v>1023</v>
       </c>
-      <c r="J253" s="147"/>
-      <c r="K253" s="147">
+      <c r="J253" s="146"/>
+      <c r="K253" s="146">
         <v>204</v>
       </c>
-      <c r="L253" s="147"/>
-      <c r="M253" s="147">
+      <c r="L253" s="146"/>
+      <c r="M253" s="146">
         <v>12000</v>
       </c>
-      <c r="N253" s="147"/>
-      <c r="O253" s="147">
+      <c r="N253" s="146"/>
+      <c r="O253" s="146">
         <v>51</v>
       </c>
-      <c r="P253" s="147"/>
-      <c r="Q253" s="147">
+      <c r="P253" s="146"/>
+      <c r="Q253" s="146">
         <v>286</v>
       </c>
-      <c r="R253" s="147"/>
-      <c r="S253" s="147">
+      <c r="R253" s="146"/>
+      <c r="S253" s="146">
         <v>24</v>
       </c>
-      <c r="T253" s="147"/>
-      <c r="U253" s="147">
+      <c r="T253" s="146"/>
+      <c r="U253" s="146">
         <v>1909</v>
       </c>
-      <c r="V253" s="147"/>
+      <c r="V253" s="146"/>
     </row>
     <row r="254" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A254" s="103"/>
       <c r="B254" s="106" t="s">
         <v>1086</v>
       </c>
       <c r="C254" s="45">
         <v>0</v>
       </c>
       <c r="D254" s="108" t="s">
         <v>104</v>
       </c>
       <c r="E254" s="48">
         <v>3</v>
       </c>
       <c r="F254" s="52" t="s">
         <v>1020</v>
       </c>
       <c r="G254" s="45">
         <v>150</v>
       </c>
       <c r="H254" s="50" t="s">
         <v>1122</v>
       </c>
       <c r="I254" s="48">
@@ -32000,90 +32096,90 @@
       <c r="D270" s="108"/>
       <c r="E270" s="45"/>
       <c r="F270" s="50"/>
       <c r="G270" s="45"/>
       <c r="H270" s="50"/>
       <c r="I270" s="45"/>
       <c r="J270" s="50"/>
       <c r="K270" s="45"/>
       <c r="L270" s="50"/>
       <c r="M270" s="45"/>
       <c r="N270" s="50"/>
       <c r="O270" s="45"/>
       <c r="P270" s="50"/>
       <c r="Q270" s="45"/>
       <c r="R270" s="50"/>
       <c r="S270" s="45"/>
       <c r="T270" s="50"/>
       <c r="U270" s="45"/>
       <c r="V270" s="50"/>
     </row>
     <row r="271" spans="1:22" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A271" s="103" t="s">
         <v>1144</v>
       </c>
       <c r="B271" s="90"/>
-      <c r="C271" s="148">
+      <c r="C271" s="147">
         <v>22</v>
       </c>
-      <c r="D271" s="149"/>
-      <c r="E271" s="148">
+      <c r="D271" s="148"/>
+      <c r="E271" s="147">
         <v>21</v>
       </c>
-      <c r="F271" s="149"/>
-      <c r="G271" s="148">
+      <c r="F271" s="148"/>
+      <c r="G271" s="147">
         <v>629</v>
       </c>
-      <c r="H271" s="149"/>
-      <c r="I271" s="148">
+      <c r="H271" s="148"/>
+      <c r="I271" s="147">
         <v>787</v>
       </c>
-      <c r="J271" s="149"/>
-      <c r="K271" s="148">
+      <c r="J271" s="148"/>
+      <c r="K271" s="147">
         <v>157</v>
       </c>
-      <c r="L271" s="149"/>
-      <c r="M271" s="148">
+      <c r="L271" s="148"/>
+      <c r="M271" s="147">
         <v>9000</v>
       </c>
-      <c r="N271" s="149"/>
-      <c r="O271" s="148">
+      <c r="N271" s="148"/>
+      <c r="O271" s="147">
         <v>39</v>
       </c>
-      <c r="P271" s="149"/>
-      <c r="Q271" s="148">
+      <c r="P271" s="148"/>
+      <c r="Q271" s="147">
         <v>220</v>
       </c>
-      <c r="R271" s="149"/>
-      <c r="S271" s="148">
+      <c r="R271" s="148"/>
+      <c r="S271" s="147">
         <v>18</v>
       </c>
-      <c r="T271" s="149"/>
-      <c r="U271" s="148">
+      <c r="T271" s="148"/>
+      <c r="U271" s="147">
         <v>1468</v>
       </c>
-      <c r="V271" s="149"/>
+      <c r="V271" s="148"/>
     </row>
     <row r="272" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A272" s="103"/>
       <c r="B272" s="106" t="s">
         <v>1439</v>
       </c>
       <c r="C272" s="40" t="s">
         <v>1372</v>
       </c>
       <c r="D272" s="39" t="s">
         <v>1390</v>
       </c>
       <c r="E272" s="48">
         <v>3</v>
       </c>
       <c r="F272" s="52" t="s">
         <v>714</v>
       </c>
       <c r="G272" s="40">
         <v>77</v>
       </c>
       <c r="H272" s="43" t="s">
         <v>1479</v>
       </c>
       <c r="I272" s="48">
@@ -32465,90 +32561,90 @@
       <c r="C278" s="40"/>
       <c r="D278" s="39"/>
       <c r="E278" s="40"/>
       <c r="F278" s="43"/>
       <c r="G278" s="40"/>
       <c r="H278" s="43"/>
       <c r="I278" s="40"/>
       <c r="J278" s="43"/>
       <c r="K278" s="40"/>
       <c r="L278" s="43"/>
       <c r="M278" s="44"/>
       <c r="N278" s="43"/>
       <c r="O278" s="40"/>
       <c r="P278" s="43"/>
       <c r="Q278" s="40"/>
       <c r="R278" s="43"/>
       <c r="S278" s="40"/>
       <c r="T278" s="43"/>
       <c r="U278" s="40"/>
       <c r="V278" s="43"/>
     </row>
     <row r="279" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A279" s="103" t="s">
         <v>1145</v>
       </c>
-      <c r="C279" s="147">
+      <c r="C279" s="146">
         <v>22</v>
       </c>
-      <c r="D279" s="147"/>
-      <c r="E279" s="147">
+      <c r="D279" s="146"/>
+      <c r="E279" s="146">
         <v>21</v>
       </c>
-      <c r="F279" s="147"/>
-      <c r="G279" s="147">
+      <c r="F279" s="146"/>
+      <c r="G279" s="146">
         <v>629</v>
       </c>
-      <c r="H279" s="147"/>
-      <c r="I279" s="147">
+      <c r="H279" s="146"/>
+      <c r="I279" s="146">
         <v>787</v>
       </c>
-      <c r="J279" s="147"/>
-      <c r="K279" s="147">
+      <c r="J279" s="146"/>
+      <c r="K279" s="146">
         <v>157</v>
       </c>
-      <c r="L279" s="147"/>
-      <c r="M279" s="147">
+      <c r="L279" s="146"/>
+      <c r="M279" s="146">
         <v>9000</v>
       </c>
-      <c r="N279" s="147"/>
-      <c r="O279" s="147">
+      <c r="N279" s="146"/>
+      <c r="O279" s="146">
         <v>39</v>
       </c>
-      <c r="P279" s="147"/>
-      <c r="Q279" s="147">
+      <c r="P279" s="146"/>
+      <c r="Q279" s="146">
         <v>220</v>
       </c>
-      <c r="R279" s="147"/>
-      <c r="S279" s="147">
+      <c r="R279" s="146"/>
+      <c r="S279" s="146">
         <v>18</v>
       </c>
-      <c r="T279" s="147"/>
-      <c r="U279" s="147">
+      <c r="T279" s="146"/>
+      <c r="U279" s="146">
         <v>1468</v>
       </c>
-      <c r="V279" s="147"/>
+      <c r="V279" s="146"/>
     </row>
     <row r="280" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A280" s="103"/>
       <c r="B280" s="106" t="s">
         <v>1086</v>
       </c>
       <c r="C280" s="45">
         <v>0</v>
       </c>
       <c r="D280" s="108" t="s">
         <v>450</v>
       </c>
       <c r="E280" s="48">
         <v>2</v>
       </c>
       <c r="F280" s="52" t="s">
         <v>123</v>
       </c>
       <c r="G280" s="45">
         <v>92</v>
       </c>
       <c r="H280" s="50" t="s">
         <v>1129</v>
       </c>
       <c r="I280" s="48">
@@ -33593,90 +33689,90 @@
       <c r="D296" s="108"/>
       <c r="E296" s="45"/>
       <c r="F296" s="50"/>
       <c r="G296" s="45"/>
       <c r="H296" s="50"/>
       <c r="I296" s="45"/>
       <c r="J296" s="50"/>
       <c r="K296" s="45"/>
       <c r="L296" s="50"/>
       <c r="M296" s="45"/>
       <c r="N296" s="50"/>
       <c r="O296" s="45"/>
       <c r="P296" s="50"/>
       <c r="Q296" s="45"/>
       <c r="R296" s="50"/>
       <c r="S296" s="45"/>
       <c r="T296" s="50"/>
       <c r="U296" s="45"/>
       <c r="V296" s="50"/>
     </row>
     <row r="297" spans="1:22" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A297" s="103" t="s">
         <v>1144</v>
       </c>
       <c r="B297" s="90"/>
-      <c r="C297" s="148">
+      <c r="C297" s="147">
         <v>22</v>
       </c>
-      <c r="D297" s="149"/>
-      <c r="E297" s="148">
+      <c r="D297" s="148"/>
+      <c r="E297" s="147">
         <v>21</v>
       </c>
-      <c r="F297" s="149"/>
-      <c r="G297" s="148">
+      <c r="F297" s="148"/>
+      <c r="G297" s="147">
         <v>629</v>
       </c>
-      <c r="H297" s="149"/>
-      <c r="I297" s="148">
+      <c r="H297" s="148"/>
+      <c r="I297" s="147">
         <v>787</v>
       </c>
-      <c r="J297" s="149"/>
-      <c r="K297" s="148">
+      <c r="J297" s="148"/>
+      <c r="K297" s="147">
         <v>179</v>
       </c>
-      <c r="L297" s="149"/>
-      <c r="M297" s="148">
+      <c r="L297" s="148"/>
+      <c r="M297" s="147">
         <v>9000</v>
       </c>
-      <c r="N297" s="149"/>
-      <c r="O297" s="148">
+      <c r="N297" s="148"/>
+      <c r="O297" s="147">
         <v>39</v>
       </c>
-      <c r="P297" s="149"/>
-      <c r="Q297" s="148">
+      <c r="P297" s="148"/>
+      <c r="Q297" s="147">
         <v>220</v>
       </c>
-      <c r="R297" s="149"/>
-      <c r="S297" s="148">
+      <c r="R297" s="148"/>
+      <c r="S297" s="147">
         <v>18</v>
       </c>
-      <c r="T297" s="149"/>
-      <c r="U297" s="148">
+      <c r="T297" s="148"/>
+      <c r="U297" s="147">
         <v>1468</v>
       </c>
-      <c r="V297" s="149"/>
+      <c r="V297" s="148"/>
     </row>
     <row r="298" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A298" s="103"/>
       <c r="B298" s="106" t="s">
         <v>1439</v>
       </c>
       <c r="C298" s="40">
         <v>8</v>
       </c>
       <c r="D298" s="39" t="s">
         <v>1484</v>
       </c>
       <c r="E298" s="48">
         <v>3</v>
       </c>
       <c r="F298" s="52" t="s">
         <v>203</v>
       </c>
       <c r="G298" s="40">
         <v>130</v>
       </c>
       <c r="H298" s="43" t="s">
         <v>1485</v>
       </c>
       <c r="I298" s="48">
@@ -34058,90 +34154,90 @@
       <c r="C304" s="40"/>
       <c r="D304" s="39"/>
       <c r="E304" s="40"/>
       <c r="F304" s="43"/>
       <c r="G304" s="40"/>
       <c r="H304" s="43"/>
       <c r="I304" s="40"/>
       <c r="J304" s="43"/>
       <c r="K304" s="40"/>
       <c r="L304" s="43"/>
       <c r="M304" s="44"/>
       <c r="N304" s="43"/>
       <c r="O304" s="40"/>
       <c r="P304" s="43"/>
       <c r="Q304" s="40"/>
       <c r="R304" s="43"/>
       <c r="S304" s="40"/>
       <c r="T304" s="43"/>
       <c r="U304" s="40"/>
       <c r="V304" s="43"/>
     </row>
     <row r="305" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A305" s="103" t="s">
         <v>1145</v>
       </c>
-      <c r="C305" s="147">
+      <c r="C305" s="146">
         <v>22</v>
       </c>
-      <c r="D305" s="147"/>
-      <c r="E305" s="147">
+      <c r="D305" s="146"/>
+      <c r="E305" s="146">
         <v>21</v>
       </c>
-      <c r="F305" s="147"/>
-      <c r="G305" s="147">
+      <c r="F305" s="146"/>
+      <c r="G305" s="146">
         <v>629</v>
       </c>
-      <c r="H305" s="147"/>
-      <c r="I305" s="147">
+      <c r="H305" s="146"/>
+      <c r="I305" s="146">
         <v>787</v>
       </c>
-      <c r="J305" s="147"/>
-      <c r="K305" s="147">
+      <c r="J305" s="146"/>
+      <c r="K305" s="146">
         <v>157</v>
       </c>
-      <c r="L305" s="147"/>
-      <c r="M305" s="147">
+      <c r="L305" s="146"/>
+      <c r="M305" s="146">
         <v>9000</v>
       </c>
-      <c r="N305" s="147"/>
-      <c r="O305" s="147">
+      <c r="N305" s="146"/>
+      <c r="O305" s="146">
         <v>39</v>
       </c>
-      <c r="P305" s="147"/>
-      <c r="Q305" s="147">
+      <c r="P305" s="146"/>
+      <c r="Q305" s="146">
         <v>220</v>
       </c>
-      <c r="R305" s="147"/>
-      <c r="S305" s="147">
+      <c r="R305" s="146"/>
+      <c r="S305" s="146">
         <v>18</v>
       </c>
-      <c r="T305" s="147"/>
-      <c r="U305" s="147">
+      <c r="T305" s="146"/>
+      <c r="U305" s="146">
         <v>1468</v>
       </c>
-      <c r="V305" s="147"/>
+      <c r="V305" s="146"/>
     </row>
     <row r="306" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A306" s="103"/>
       <c r="B306" s="106" t="s">
         <v>1086</v>
       </c>
       <c r="C306" s="45">
         <v>3</v>
       </c>
       <c r="D306" s="108" t="s">
         <v>89</v>
       </c>
       <c r="E306" s="48">
         <v>4</v>
       </c>
       <c r="F306" s="52" t="s">
         <v>114</v>
       </c>
       <c r="G306" s="45">
         <v>224</v>
       </c>
       <c r="H306" s="50" t="s">
         <v>1136</v>
       </c>
       <c r="I306" s="48">
@@ -35768,84 +35864,84 @@
       <selection pane="topRight" sqref="A1:I1"/>
       <selection pane="bottomLeft" sqref="A1:I1"/>
       <selection pane="bottomRight" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="7" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="2.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="12.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="7" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" style="1" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="144" t="s">
+      <c r="A1" s="143" t="s">
         <v>1684</v>
       </c>
-      <c r="B1" s="144"/>
-[...11 lines deleted...]
-      <c r="N1" s="144"/>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+      <c r="I1" s="143"/>
+      <c r="J1" s="143"/>
+      <c r="K1" s="143"/>
+      <c r="L1" s="143"/>
+      <c r="M1" s="143"/>
+      <c r="N1" s="143"/>
       <c r="O1" s="84"/>
     </row>
     <row r="2" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="143" t="s">
+      <c r="A2" s="142" t="s">
         <v>2026</v>
       </c>
-      <c r="B2" s="143"/>
-[...10 lines deleted...]
-      <c r="M2" s="143"/>
+      <c r="B2" s="142"/>
+      <c r="C2" s="142"/>
+      <c r="D2" s="142"/>
+      <c r="E2" s="142"/>
+      <c r="F2" s="142"/>
+      <c r="G2" s="142"/>
+      <c r="H2" s="142"/>
+      <c r="I2" s="142"/>
+      <c r="J2" s="142"/>
+      <c r="K2" s="142"/>
+      <c r="L2" s="142"/>
+      <c r="M2" s="142"/>
       <c r="N2" s="60"/>
     </row>
     <row r="3" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="81" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="3"/>
       <c r="E3" s="4"/>
       <c r="F3" s="3"/>
       <c r="G3" s="4"/>
       <c r="H3" s="3"/>
       <c r="I3" s="4"/>
       <c r="J3" s="3"/>
       <c r="K3" s="4"/>
       <c r="L3" s="5"/>
       <c r="M3" s="6"/>
       <c r="N3" s="5"/>
     </row>
     <row r="4" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="8" t="s">
@@ -36023,98 +36119,146 @@
         <v>1678</v>
       </c>
       <c r="E10" s="12"/>
       <c r="F10" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="G10" s="12"/>
       <c r="H10" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="I10" s="12"/>
       <c r="J10" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="K10" s="12"/>
       <c r="L10" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="M10" s="12"/>
       <c r="N10" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="O10" s="87"/>
     </row>
     <row r="11" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="89"/>
-      <c r="B11" s="61"/>
+      <c r="A11" s="89">
+        <v>45754</v>
+      </c>
+      <c r="B11" s="61">
+        <v>14</v>
+      </c>
       <c r="C11" s="63"/>
-      <c r="D11" s="61"/>
+      <c r="D11" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="E11" s="63"/>
-      <c r="F11" s="61"/>
+      <c r="F11" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="G11" s="63"/>
-      <c r="H11" s="61"/>
+      <c r="H11" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="I11" s="125"/>
-      <c r="J11" s="61"/>
+      <c r="J11" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="K11" s="63"/>
-      <c r="L11" s="61"/>
+      <c r="L11" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="M11" s="63"/>
-      <c r="N11" s="61"/>
+      <c r="N11" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="O11" s="87"/>
     </row>
     <row r="12" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="89"/>
-      <c r="B12" s="61"/>
+      <c r="A12" s="89">
+        <v>45782</v>
+      </c>
+      <c r="B12" s="61">
+        <v>19</v>
+      </c>
       <c r="C12" s="12"/>
-      <c r="D12" s="61"/>
+      <c r="D12" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="E12" s="12"/>
-      <c r="F12" s="61"/>
+      <c r="F12" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="G12" s="33"/>
-      <c r="H12" s="61"/>
+      <c r="H12" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="I12" s="33"/>
-      <c r="J12" s="61"/>
+      <c r="J12" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="K12" s="12"/>
-      <c r="L12" s="61"/>
+      <c r="L12" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="M12" s="12"/>
-      <c r="N12" s="61"/>
+      <c r="N12" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="O12" s="86"/>
     </row>
     <row r="13" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="89"/>
-      <c r="B13" s="61"/>
+      <c r="A13" s="89">
+        <v>45810</v>
+      </c>
+      <c r="B13" s="61">
+        <v>19</v>
+      </c>
       <c r="C13" s="12"/>
-      <c r="D13" s="61"/>
+      <c r="D13" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="E13" s="12"/>
-      <c r="F13" s="61"/>
+      <c r="F13" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="G13" s="12"/>
-      <c r="H13" s="61"/>
+      <c r="H13" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="I13" s="12"/>
-      <c r="J13" s="61"/>
+      <c r="J13" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="K13" s="12"/>
-      <c r="L13" s="61"/>
+      <c r="L13" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="M13" s="12"/>
-      <c r="N13" s="61"/>
+      <c r="N13" s="61" t="s">
+        <v>1678</v>
+      </c>
       <c r="O13" s="88"/>
     </row>
     <row r="14" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="89"/>
       <c r="B14" s="61"/>
       <c r="C14" s="7"/>
       <c r="D14" s="61"/>
       <c r="F14" s="61"/>
       <c r="G14" s="12"/>
       <c r="H14" s="61"/>
       <c r="I14" s="12"/>
       <c r="J14" s="61"/>
       <c r="L14" s="61"/>
       <c r="N14" s="61"/>
       <c r="O14" s="88"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" s="89"/>
       <c r="B15" s="61"/>
       <c r="C15" s="12"/>
       <c r="D15" s="61"/>
       <c r="E15" s="12"/>
       <c r="F15" s="61"/>
       <c r="G15" s="12"/>
       <c r="H15" s="61"/>
@@ -36354,148 +36498,148 @@
         <v>0</v>
       </c>
       <c r="L27" s="7">
         <v>0</v>
       </c>
       <c r="N27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="13"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="F28" s="7"/>
       <c r="H28" s="7"/>
       <c r="J28" s="7"/>
       <c r="L28" s="7"/>
       <c r="N28" s="7"/>
     </row>
     <row r="29" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="78" t="s">
         <v>1634</v>
       </c>
       <c r="B29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C29" s="68"/>
       <c r="D29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E29" s="68"/>
       <c r="F29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G29" s="68"/>
       <c r="H29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I29" s="68"/>
       <c r="J29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K29" s="68"/>
       <c r="L29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M29" s="68"/>
       <c r="N29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O29" s="7"/>
     </row>
     <row r="30" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="15">
         <v>12</v>
       </c>
       <c r="C30" s="8"/>
       <c r="D30" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="E30" s="12"/>
       <c r="F30" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="G30" s="12"/>
       <c r="H30" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="I30" s="12"/>
       <c r="J30" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="K30" s="12"/>
       <c r="L30" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="M30" s="12"/>
       <c r="N30" s="61" t="s">
         <v>1678</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="15">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C31" s="8"/>
       <c r="D31" s="61" t="s">
         <v>1588</v>
       </c>
       <c r="E31" s="12"/>
       <c r="F31" s="61" t="s">
         <v>1588</v>
       </c>
       <c r="G31" s="12"/>
       <c r="H31" s="61" t="s">
         <v>1588</v>
       </c>
       <c r="I31" s="12"/>
       <c r="J31" s="61" t="s">
         <v>1588</v>
       </c>
       <c r="K31" s="12"/>
       <c r="L31" s="61" t="s">
         <v>1588</v>
       </c>
       <c r="M31" s="12"/>
       <c r="N31" s="61" t="s">
         <v>1588</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B32" s="15">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C32" s="8"/>
       <c r="D32" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="E32" s="12"/>
       <c r="F32" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="G32" s="12"/>
       <c r="H32" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="I32" s="12"/>
       <c r="J32" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="K32" s="12"/>
       <c r="L32" s="61" t="s">
         <v>1678</v>
       </c>
       <c r="M32" s="12"/>
       <c r="N32" s="61" t="s">
         <v>1678</v>
       </c>
@@ -36892,108 +37036,108 @@
       <selection pane="bottomLeft" sqref="A1:N1"/>
       <selection pane="bottomRight" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="7" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="2.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="12.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="7" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.140625" style="1"/>
     <col min="16" max="16384" width="9.140625" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="144" t="s">
+      <c r="A1" s="143" t="s">
         <v>1685</v>
       </c>
-      <c r="B1" s="144"/>
-[...11 lines deleted...]
-      <c r="N1" s="144"/>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+      <c r="I1" s="143"/>
+      <c r="J1" s="143"/>
+      <c r="K1" s="143"/>
+      <c r="L1" s="143"/>
+      <c r="M1" s="143"/>
+      <c r="N1" s="143"/>
       <c r="O1" s="84"/>
       <c r="P1"/>
       <c r="Q1"/>
       <c r="R1"/>
       <c r="S1"/>
       <c r="T1"/>
       <c r="U1"/>
       <c r="V1"/>
       <c r="W1"/>
       <c r="X1"/>
       <c r="Y1"/>
       <c r="Z1"/>
       <c r="AA1"/>
       <c r="AB1"/>
       <c r="AC1"/>
       <c r="AD1"/>
       <c r="AE1"/>
       <c r="AF1"/>
       <c r="AG1"/>
       <c r="AH1"/>
       <c r="AI1"/>
       <c r="AJ1"/>
       <c r="AK1"/>
       <c r="AL1"/>
       <c r="AM1"/>
     </row>
     <row r="2" spans="1:39" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="143" t="s">
+      <c r="A2" s="142" t="s">
         <v>2026</v>
       </c>
-      <c r="B2" s="143"/>
-[...10 lines deleted...]
-      <c r="M2" s="143"/>
+      <c r="B2" s="142"/>
+      <c r="C2" s="142"/>
+      <c r="D2" s="142"/>
+      <c r="E2" s="142"/>
+      <c r="F2" s="142"/>
+      <c r="G2" s="142"/>
+      <c r="H2" s="142"/>
+      <c r="I2" s="142"/>
+      <c r="J2" s="142"/>
+      <c r="K2" s="142"/>
+      <c r="L2" s="142"/>
+      <c r="M2" s="142"/>
       <c r="N2" s="60"/>
     </row>
     <row r="3" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="81" t="s">
         <v>711</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="3"/>
       <c r="E3" s="4"/>
       <c r="F3" s="3"/>
       <c r="G3" s="4"/>
       <c r="H3" s="3"/>
       <c r="I3" s="4"/>
       <c r="J3" s="3"/>
       <c r="K3" s="4"/>
       <c r="L3" s="5"/>
       <c r="M3" s="6"/>
       <c r="N3" s="5"/>
     </row>
     <row r="4" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="8" t="s">
@@ -37177,99 +37321,147 @@
         <v>2</v>
       </c>
       <c r="E10" s="12"/>
       <c r="F10" s="15" t="s">
         <v>1404</v>
       </c>
       <c r="G10" s="12"/>
       <c r="H10" s="15">
         <v>5</v>
       </c>
       <c r="I10" s="12"/>
       <c r="J10" s="15">
         <v>4</v>
       </c>
       <c r="K10" s="12"/>
       <c r="L10" s="15" t="s">
         <v>1404</v>
       </c>
       <c r="M10" s="12"/>
       <c r="N10" s="61" t="s">
         <v>1404</v>
       </c>
       <c r="O10" s="87"/>
     </row>
     <row r="11" spans="1:39" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="89"/>
-      <c r="B11" s="61"/>
+      <c r="A11" s="89">
+        <v>45754</v>
+      </c>
+      <c r="B11" s="61">
+        <v>4</v>
+      </c>
       <c r="C11" s="63"/>
-      <c r="D11" s="61"/>
+      <c r="D11" s="61">
+        <v>2</v>
+      </c>
       <c r="E11" s="63"/>
-      <c r="F11" s="15"/>
+      <c r="F11" s="15">
+        <v>2</v>
+      </c>
       <c r="G11" s="63"/>
-      <c r="H11" s="61"/>
+      <c r="H11" s="61">
+        <v>7</v>
+      </c>
       <c r="I11" s="125"/>
-      <c r="J11" s="61"/>
+      <c r="J11" s="61">
+        <v>9</v>
+      </c>
       <c r="K11" s="63"/>
-      <c r="L11" s="61"/>
+      <c r="L11" s="61" t="s">
+        <v>1404</v>
+      </c>
       <c r="M11" s="63"/>
-      <c r="N11" s="61"/>
+      <c r="N11" s="61" t="s">
+        <v>1404</v>
+      </c>
       <c r="O11" s="87"/>
     </row>
     <row r="12" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="89"/>
-      <c r="B12" s="15"/>
+      <c r="A12" s="89">
+        <v>45782</v>
+      </c>
+      <c r="B12" s="15">
+        <v>4</v>
+      </c>
       <c r="C12" s="12"/>
-      <c r="D12" s="15"/>
+      <c r="D12" s="15">
+        <v>2</v>
+      </c>
       <c r="E12" s="12"/>
-      <c r="F12" s="15"/>
+      <c r="F12" s="61" t="s">
+        <v>1404</v>
+      </c>
       <c r="G12" s="33"/>
-      <c r="H12" s="15"/>
+      <c r="H12" s="15">
+        <v>7</v>
+      </c>
       <c r="I12" s="33"/>
-      <c r="J12" s="15"/>
+      <c r="J12" s="15">
+        <v>5</v>
+      </c>
       <c r="K12" s="12"/>
-      <c r="L12" s="15"/>
+      <c r="L12" s="61" t="s">
+        <v>1404</v>
+      </c>
       <c r="M12" s="12"/>
-      <c r="N12" s="15"/>
+      <c r="N12" s="61" t="s">
+        <v>1404</v>
+      </c>
       <c r="O12" s="86"/>
       <c r="Q12" s="1"/>
     </row>
     <row r="13" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="89"/>
-      <c r="B13" s="15"/>
+      <c r="A13" s="89">
+        <v>45810</v>
+      </c>
+      <c r="B13" s="15">
+        <v>4</v>
+      </c>
       <c r="C13" s="12"/>
-      <c r="D13" s="15"/>
+      <c r="D13" s="15">
+        <v>2</v>
+      </c>
       <c r="E13" s="12"/>
-      <c r="F13" s="15"/>
+      <c r="F13" s="61" t="s">
+        <v>1404</v>
+      </c>
       <c r="G13" s="12"/>
-      <c r="H13" s="15"/>
+      <c r="H13" s="15">
+        <v>8</v>
+      </c>
       <c r="I13" s="12"/>
-      <c r="J13" s="15"/>
+      <c r="J13" s="15">
+        <v>6</v>
+      </c>
       <c r="K13" s="12"/>
-      <c r="L13" s="15"/>
+      <c r="L13" s="15">
+        <v>1</v>
+      </c>
       <c r="M13" s="12"/>
-      <c r="N13" s="15"/>
+      <c r="N13" s="61" t="s">
+        <v>1404</v>
+      </c>
       <c r="O13" s="88"/>
       <c r="Q13" s="1"/>
     </row>
     <row r="14" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="89"/>
       <c r="B14" s="15"/>
       <c r="C14" s="7"/>
       <c r="D14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="12"/>
       <c r="H14" s="15"/>
       <c r="I14" s="12"/>
       <c r="J14" s="15"/>
       <c r="L14" s="61"/>
       <c r="N14" s="61"/>
       <c r="O14" s="88"/>
       <c r="Q14" s="1"/>
     </row>
     <row r="15" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="89"/>
       <c r="B15" s="61"/>
       <c r="C15" s="12"/>
       <c r="D15" s="61"/>
       <c r="E15" s="12"/>
       <c r="F15" s="61"/>
@@ -37512,164 +37704,164 @@
         <v>0</v>
       </c>
       <c r="L27" s="7">
         <v>0</v>
       </c>
       <c r="N27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="78"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="F28" s="7"/>
       <c r="H28" s="7"/>
       <c r="J28" s="7"/>
       <c r="L28" s="7"/>
       <c r="N28" s="7"/>
     </row>
     <row r="29" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C29" s="68"/>
       <c r="D29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E29" s="68"/>
       <c r="F29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G29" s="68"/>
       <c r="H29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I29" s="68"/>
       <c r="J29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K29" s="68"/>
       <c r="L29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M29" s="68"/>
       <c r="N29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O29" s="7"/>
     </row>
     <row r="30" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="15">
         <v>4</v>
       </c>
       <c r="C30" s="8"/>
       <c r="D30" s="61">
         <v>1</v>
       </c>
       <c r="E30" s="12"/>
       <c r="F30" s="61" t="s">
         <v>1404</v>
       </c>
       <c r="G30" s="12"/>
       <c r="H30" s="15">
         <v>3</v>
       </c>
       <c r="I30" s="12"/>
       <c r="J30" s="15">
         <v>2</v>
       </c>
       <c r="K30" s="12"/>
       <c r="L30" s="61" t="s">
         <v>1404</v>
       </c>
       <c r="M30" s="12"/>
       <c r="N30" s="61" t="s">
         <v>1404</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="15">
-        <v>5</v>
+        <v>4.4000000000000004</v>
       </c>
       <c r="C31" s="8"/>
       <c r="D31" s="61">
-        <v>2</v>
+        <v>1.8</v>
       </c>
       <c r="E31" s="12"/>
       <c r="F31" s="61" t="s">
         <v>1404</v>
       </c>
       <c r="G31" s="12"/>
       <c r="H31" s="15">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I31" s="12"/>
       <c r="J31" s="15">
-        <v>3</v>
+        <v>4.5999999999999996</v>
       </c>
       <c r="K31" s="12"/>
       <c r="L31" s="61" t="s">
         <v>1404</v>
       </c>
       <c r="M31" s="12"/>
       <c r="N31" s="61" t="s">
         <v>1404</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B32" s="15">
         <v>6</v>
       </c>
       <c r="C32" s="8"/>
       <c r="D32" s="61">
         <v>2</v>
       </c>
       <c r="E32" s="12"/>
-      <c r="F32" s="61" t="s">
-        <v>1404</v>
+      <c r="F32" s="61">
+        <v>2</v>
       </c>
       <c r="G32" s="12"/>
       <c r="H32" s="15">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I32" s="12"/>
       <c r="J32" s="15">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="K32" s="12"/>
       <c r="L32" s="61">
         <v>1</v>
       </c>
       <c r="M32" s="12"/>
       <c r="N32" s="61" t="s">
         <v>1404</v>
       </c>
     </row>
     <row r="33" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="F33" s="7"/>
       <c r="H33" s="7"/>
       <c r="J33" s="7"/>
       <c r="L33" s="7"/>
       <c r="N33" s="12"/>
     </row>
     <row r="34" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="12"/>
       <c r="C34" s="12"/>
       <c r="D34" s="12"/>
       <c r="E34" s="12"/>
@@ -38038,84 +38230,84 @@
       <selection pane="bottomLeft" sqref="A1:N1"/>
       <selection pane="bottomRight" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="7" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="2.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="12.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="7" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.140625" style="1"/>
     <col min="16" max="16384" width="9.140625" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="144" t="s">
+      <c r="A1" s="143" t="s">
         <v>1686</v>
       </c>
-      <c r="B1" s="144"/>
-[...11 lines deleted...]
-      <c r="N1" s="144"/>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+      <c r="I1" s="143"/>
+      <c r="J1" s="143"/>
+      <c r="K1" s="143"/>
+      <c r="L1" s="143"/>
+      <c r="M1" s="143"/>
+      <c r="N1" s="143"/>
       <c r="O1" s="84"/>
     </row>
     <row r="2" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="143" t="s">
+      <c r="A2" s="142" t="s">
         <v>2026</v>
       </c>
-      <c r="B2" s="143"/>
-[...10 lines deleted...]
-      <c r="M2" s="143"/>
+      <c r="B2" s="142"/>
+      <c r="C2" s="142"/>
+      <c r="D2" s="142"/>
+      <c r="E2" s="142"/>
+      <c r="F2" s="142"/>
+      <c r="G2" s="142"/>
+      <c r="H2" s="142"/>
+      <c r="I2" s="142"/>
+      <c r="J2" s="142"/>
+      <c r="K2" s="142"/>
+      <c r="L2" s="142"/>
+      <c r="M2" s="142"/>
       <c r="N2" s="60"/>
     </row>
     <row r="3" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="81"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="3"/>
       <c r="E3" s="4"/>
       <c r="F3" s="3"/>
       <c r="G3" s="4"/>
       <c r="H3" s="3"/>
       <c r="I3" s="4"/>
       <c r="J3" s="3"/>
       <c r="K3" s="4"/>
       <c r="L3" s="5"/>
       <c r="M3" s="6"/>
       <c r="N3" s="5"/>
     </row>
     <row r="4" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>10</v>
       </c>
@@ -38296,98 +38488,146 @@
         <v>52</v>
       </c>
       <c r="E10" s="12"/>
       <c r="F10" s="15">
         <v>27</v>
       </c>
       <c r="G10" s="12"/>
       <c r="H10" s="15">
         <v>50</v>
       </c>
       <c r="I10" s="12"/>
       <c r="J10" s="15">
         <v>34</v>
       </c>
       <c r="K10" s="12"/>
       <c r="L10" s="15">
         <v>22</v>
       </c>
       <c r="M10" s="12"/>
       <c r="N10" s="15">
         <v>9</v>
       </c>
       <c r="O10" s="87"/>
     </row>
     <row r="11" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="89"/>
-      <c r="B11" s="61"/>
+      <c r="A11" s="89">
+        <v>45754</v>
+      </c>
+      <c r="B11" s="61">
+        <v>71</v>
+      </c>
       <c r="C11" s="63"/>
-      <c r="D11" s="61"/>
+      <c r="D11" s="61">
+        <v>53</v>
+      </c>
       <c r="E11" s="63"/>
-      <c r="F11" s="61"/>
+      <c r="F11" s="61">
+        <v>26</v>
+      </c>
       <c r="G11" s="63"/>
-      <c r="H11" s="61"/>
+      <c r="H11" s="61">
+        <v>58</v>
+      </c>
       <c r="I11" s="125"/>
-      <c r="J11" s="61"/>
+      <c r="J11" s="61">
+        <v>52</v>
+      </c>
       <c r="K11" s="63"/>
-      <c r="L11" s="61"/>
+      <c r="L11" s="61">
+        <v>26</v>
+      </c>
       <c r="M11" s="63"/>
-      <c r="N11" s="61"/>
+      <c r="N11" s="61">
+        <v>15</v>
+      </c>
       <c r="O11" s="87"/>
     </row>
     <row r="12" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="89"/>
-      <c r="B12" s="15"/>
+      <c r="A12" s="89">
+        <v>45782</v>
+      </c>
+      <c r="B12" s="15">
+        <v>75</v>
+      </c>
       <c r="C12" s="12"/>
-      <c r="D12" s="15"/>
+      <c r="D12" s="15">
+        <v>58</v>
+      </c>
       <c r="E12" s="12"/>
-      <c r="F12" s="15"/>
+      <c r="F12" s="15">
+        <v>30</v>
+      </c>
       <c r="G12" s="33"/>
-      <c r="H12" s="15"/>
+      <c r="H12" s="15">
+        <v>61</v>
+      </c>
       <c r="I12" s="33"/>
-      <c r="J12" s="15"/>
+      <c r="J12" s="15">
+        <v>45</v>
+      </c>
       <c r="K12" s="12"/>
-      <c r="L12" s="15"/>
+      <c r="L12" s="15">
+        <v>25</v>
+      </c>
       <c r="M12" s="12"/>
-      <c r="N12" s="15"/>
+      <c r="N12" s="15">
+        <v>11</v>
+      </c>
       <c r="O12" s="86"/>
     </row>
     <row r="13" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="89"/>
-      <c r="B13" s="15"/>
+      <c r="A13" s="89">
+        <v>45810</v>
+      </c>
+      <c r="B13" s="15">
+        <v>84</v>
+      </c>
       <c r="C13" s="12"/>
-      <c r="D13" s="15"/>
+      <c r="D13" s="15">
+        <v>49</v>
+      </c>
       <c r="E13" s="12"/>
-      <c r="F13" s="15"/>
+      <c r="F13" s="15">
+        <v>530</v>
+      </c>
       <c r="G13" s="12"/>
-      <c r="H13" s="15"/>
+      <c r="H13" s="15">
+        <v>65</v>
+      </c>
       <c r="I13" s="12"/>
-      <c r="J13" s="15"/>
+      <c r="J13" s="15">
+        <v>305</v>
+      </c>
       <c r="K13" s="12"/>
-      <c r="L13" s="15"/>
+      <c r="L13" s="15">
+        <v>35</v>
+      </c>
       <c r="M13" s="12"/>
-      <c r="N13" s="15"/>
+      <c r="N13" s="15">
+        <v>115</v>
+      </c>
       <c r="O13" s="88"/>
     </row>
     <row r="14" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="89"/>
       <c r="B14" s="15"/>
       <c r="C14" s="7"/>
       <c r="D14" s="15"/>
       <c r="F14" s="15"/>
       <c r="G14" s="12"/>
       <c r="H14" s="15"/>
       <c r="I14" s="12"/>
       <c r="J14" s="15"/>
       <c r="L14" s="15"/>
       <c r="N14" s="15"/>
       <c r="O14" s="88"/>
     </row>
     <row r="15" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="89"/>
       <c r="B15" s="61"/>
       <c r="C15" s="12"/>
       <c r="D15" s="61"/>
       <c r="E15" s="12"/>
       <c r="F15" s="61"/>
       <c r="G15" s="12"/>
       <c r="H15" s="61"/>
@@ -38613,172 +38853,172 @@
         <v>0</v>
       </c>
       <c r="L27" s="7">
         <v>0</v>
       </c>
       <c r="N27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="13"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="F28" s="7"/>
       <c r="H28" s="7"/>
       <c r="J28" s="7"/>
       <c r="L28" s="7"/>
       <c r="N28" s="7"/>
     </row>
     <row r="29" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C29" s="68"/>
       <c r="D29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E29" s="68"/>
       <c r="F29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G29" s="68"/>
       <c r="H29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I29" s="68"/>
       <c r="J29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K29" s="68"/>
       <c r="L29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M29" s="68"/>
       <c r="N29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O29" s="7"/>
     </row>
     <row r="30" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="61">
         <v>57</v>
       </c>
       <c r="C30" s="63"/>
       <c r="D30" s="61">
         <v>43</v>
       </c>
       <c r="E30" s="63"/>
       <c r="F30" s="61">
         <v>15</v>
       </c>
       <c r="G30" s="74"/>
       <c r="H30" s="61">
         <v>41</v>
       </c>
       <c r="I30" s="63"/>
       <c r="J30" s="61">
         <v>26</v>
       </c>
       <c r="K30" s="63"/>
       <c r="L30" s="61">
         <v>22</v>
       </c>
       <c r="M30" s="74"/>
       <c r="N30" s="61">
         <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="61">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C31" s="63"/>
       <c r="D31" s="61">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E31" s="63"/>
       <c r="F31" s="61">
-        <v>36</v>
+        <v>115.5</v>
       </c>
       <c r="G31" s="74"/>
       <c r="H31" s="61">
-        <v>47</v>
+        <v>54.166666666666664</v>
       </c>
       <c r="I31" s="63"/>
       <c r="J31" s="61">
-        <v>37</v>
+        <v>85.333333333333329</v>
       </c>
       <c r="K31" s="63"/>
       <c r="L31" s="61">
-        <v>37</v>
+        <v>32.666666666666664</v>
       </c>
       <c r="M31" s="74"/>
       <c r="N31" s="61">
-        <v>13</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:15" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B32" s="61">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="C32" s="63"/>
       <c r="D32" s="61">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E32" s="63"/>
       <c r="F32" s="61">
-        <v>65</v>
+        <v>530</v>
       </c>
       <c r="G32" s="74"/>
       <c r="H32" s="61">
-        <v>50</v>
+        <v>65</v>
       </c>
       <c r="I32" s="63"/>
       <c r="J32" s="61">
-        <v>50</v>
+        <v>305</v>
       </c>
       <c r="K32" s="63"/>
       <c r="L32" s="61">
         <v>56</v>
       </c>
       <c r="M32" s="74"/>
       <c r="N32" s="61">
-        <v>21</v>
+        <v>115</v>
       </c>
       <c r="O32" s="1"/>
     </row>
     <row r="33" spans="1:15" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="1"/>
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="7"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="12"/>
       <c r="O33" s="1"/>
     </row>
     <row r="34" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="12"/>
       <c r="C34" s="12"/>
       <c r="D34" s="12"/>
       <c r="E34" s="12"/>
@@ -39192,84 +39432,84 @@
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="7" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="2.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="12.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="7" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="144" t="s">
+      <c r="A1" s="143" t="s">
         <v>1687</v>
       </c>
-      <c r="B1" s="144"/>
-[...11 lines deleted...]
-      <c r="N1" s="144"/>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+      <c r="I1" s="143"/>
+      <c r="J1" s="143"/>
+      <c r="K1" s="143"/>
+      <c r="L1" s="143"/>
+      <c r="M1" s="143"/>
+      <c r="N1" s="143"/>
       <c r="O1" s="84"/>
     </row>
     <row r="2" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="143" t="s">
+      <c r="A2" s="142" t="s">
         <v>2026</v>
       </c>
-      <c r="B2" s="143"/>
-[...10 lines deleted...]
-      <c r="M2" s="143"/>
+      <c r="B2" s="142"/>
+      <c r="C2" s="142"/>
+      <c r="D2" s="142"/>
+      <c r="E2" s="142"/>
+      <c r="F2" s="142"/>
+      <c r="G2" s="142"/>
+      <c r="H2" s="142"/>
+      <c r="I2" s="142"/>
+      <c r="J2" s="142"/>
+      <c r="K2" s="142"/>
+      <c r="L2" s="142"/>
+      <c r="M2" s="142"/>
       <c r="N2" s="60"/>
     </row>
     <row r="3" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="81"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="3"/>
       <c r="E3" s="4"/>
       <c r="F3" s="3"/>
       <c r="G3" s="4"/>
       <c r="H3" s="3"/>
       <c r="I3" s="4"/>
       <c r="J3" s="3"/>
       <c r="K3" s="4"/>
       <c r="L3" s="5"/>
       <c r="M3" s="6"/>
       <c r="N3" s="5"/>
     </row>
     <row r="4" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>10</v>
       </c>
@@ -39434,83 +39674,131 @@
       <c r="B10" s="7">
         <v>254</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7">
         <v>341</v>
       </c>
       <c r="F10" s="7">
         <v>225</v>
       </c>
       <c r="H10" s="7">
         <v>666</v>
       </c>
       <c r="J10" s="7">
         <v>361</v>
       </c>
       <c r="L10" s="7">
         <v>513</v>
       </c>
       <c r="N10" s="7">
         <v>269</v>
       </c>
       <c r="O10" s="88"/>
     </row>
     <row r="11" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="129"/>
-      <c r="B11" s="7"/>
+      <c r="A11" s="129">
+        <v>45754</v>
+      </c>
+      <c r="B11" s="7">
+        <v>252</v>
+      </c>
       <c r="C11" s="7"/>
-      <c r="D11" s="7"/>
-[...4 lines deleted...]
-      <c r="N11" s="7"/>
+      <c r="D11" s="7">
+        <v>329</v>
+      </c>
+      <c r="F11" s="7">
+        <v>312</v>
+      </c>
+      <c r="H11" s="7">
+        <v>668</v>
+      </c>
+      <c r="J11" s="7">
+        <v>426</v>
+      </c>
+      <c r="L11" s="7">
+        <v>544</v>
+      </c>
+      <c r="N11" s="7">
+        <v>353</v>
+      </c>
       <c r="O11" s="87"/>
     </row>
     <row r="12" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="129"/>
-      <c r="B12" s="7"/>
+      <c r="A12" s="129">
+        <v>45782</v>
+      </c>
+      <c r="B12" s="7">
+        <v>277</v>
+      </c>
       <c r="C12" s="7"/>
-      <c r="D12" s="7"/>
-[...4 lines deleted...]
-      <c r="N12" s="7"/>
+      <c r="D12" s="7">
+        <v>340</v>
+      </c>
+      <c r="F12" s="7">
+        <v>249</v>
+      </c>
+      <c r="H12" s="7">
+        <v>703</v>
+      </c>
+      <c r="J12" s="7">
+        <v>427</v>
+      </c>
+      <c r="L12" s="7">
+        <v>585</v>
+      </c>
+      <c r="N12" s="7">
+        <v>280</v>
+      </c>
       <c r="O12" s="87"/>
     </row>
     <row r="13" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="129"/>
-      <c r="B13" s="7"/>
+      <c r="A13" s="129">
+        <v>45810</v>
+      </c>
+      <c r="B13" s="7">
+        <v>301</v>
+      </c>
       <c r="C13" s="7"/>
-      <c r="D13" s="7"/>
-[...4 lines deleted...]
-      <c r="N13" s="7"/>
+      <c r="D13" s="7">
+        <v>336</v>
+      </c>
+      <c r="F13" s="7">
+        <v>225</v>
+      </c>
+      <c r="H13" s="7">
+        <v>648</v>
+      </c>
+      <c r="J13" s="7">
+        <v>394</v>
+      </c>
+      <c r="L13" s="7">
+        <v>568</v>
+      </c>
+      <c r="N13" s="7">
+        <v>370</v>
+      </c>
       <c r="O13" s="86"/>
     </row>
     <row r="14" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="129"/>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="F14" s="7"/>
       <c r="H14" s="7"/>
       <c r="J14" s="7"/>
       <c r="L14" s="7"/>
       <c r="N14" s="7"/>
       <c r="O14" s="88"/>
     </row>
     <row r="15" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="129"/>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="F15" s="7"/>
       <c r="H15" s="7"/>
       <c r="J15" s="7"/>
       <c r="L15" s="7"/>
       <c r="N15" s="7"/>
       <c r="O15" s="88"/>
@@ -39718,157 +40006,162 @@
         <v>0</v>
       </c>
       <c r="L27" s="7">
         <v>0</v>
       </c>
       <c r="N27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="13"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="F28" s="7"/>
       <c r="H28" s="7"/>
       <c r="J28" s="7"/>
       <c r="L28" s="7"/>
       <c r="N28" s="7"/>
     </row>
     <row r="29" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C29" s="68"/>
       <c r="D29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E29" s="68"/>
       <c r="F29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G29" s="68"/>
       <c r="H29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I29" s="68"/>
       <c r="J29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K29" s="68"/>
       <c r="L29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M29" s="68"/>
       <c r="N29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O29" s="7"/>
     </row>
     <row r="30" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="7">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C30" s="7"/>
       <c r="D30" s="7">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="F30" s="7">
         <v>225</v>
       </c>
       <c r="H30" s="7">
         <v>594</v>
       </c>
       <c r="J30" s="7">
         <v>361</v>
       </c>
       <c r="L30" s="7">
         <v>513</v>
       </c>
       <c r="N30" s="7">
         <v>269</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="B31" s="7">
-[...6 lines deleted...]
-      <c r="F31" s="7">
+      <c r="B31" s="12">
+        <v>275.66666666666669</v>
+      </c>
+      <c r="C31" s="12"/>
+      <c r="D31" s="12">
+        <v>347.16666666666669</v>
+      </c>
+      <c r="E31" s="12"/>
+      <c r="F31" s="12">
         <v>262</v>
       </c>
-      <c r="H31" s="7">
-[...9 lines deleted...]
-        <v>302</v>
+      <c r="G31" s="12"/>
+      <c r="H31" s="12">
+        <v>672.5</v>
+      </c>
+      <c r="I31" s="12"/>
+      <c r="J31" s="12">
+        <v>401.16666666666669</v>
+      </c>
+      <c r="K31" s="12"/>
+      <c r="L31" s="12">
+        <v>558.83333333333337</v>
+      </c>
+      <c r="M31" s="12"/>
+      <c r="N31" s="12">
+        <v>318.33333333333331</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B32" s="7">
-        <v>287</v>
+        <v>301</v>
       </c>
       <c r="C32" s="7"/>
       <c r="D32" s="7">
         <v>407</v>
       </c>
       <c r="F32" s="7">
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="H32" s="7">
         <v>756</v>
       </c>
       <c r="J32" s="7">
-        <v>412</v>
+        <v>427</v>
       </c>
       <c r="L32" s="7">
         <v>629</v>
       </c>
       <c r="N32" s="7">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="F33" s="7"/>
       <c r="H33" s="7"/>
       <c r="J33" s="7"/>
       <c r="L33" s="7"/>
       <c r="N33" s="12"/>
     </row>
     <row r="34" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="12"/>
       <c r="C34" s="12"/>
       <c r="D34" s="12"/>
       <c r="E34" s="12"/>
       <c r="F34" s="12"/>
       <c r="G34" s="12"/>
       <c r="H34" s="12"/>
       <c r="I34" s="12"/>
       <c r="J34" s="12"/>
       <c r="K34" s="12"/>
       <c r="L34" s="12"/>
       <c r="M34" s="12"/>
@@ -40129,51 +40422,51 @@
       </c>
       <c r="C47" s="12"/>
       <c r="D47" s="12">
         <v>366.5</v>
       </c>
       <c r="E47" s="12"/>
       <c r="F47" s="12">
         <v>276.08333333333331</v>
       </c>
       <c r="G47" s="12"/>
       <c r="H47" s="12">
         <v>683.5</v>
       </c>
       <c r="I47" s="12"/>
       <c r="J47" s="12">
         <v>400.91666666666669</v>
       </c>
       <c r="K47" s="12"/>
       <c r="L47" s="12">
         <v>586.5</v>
       </c>
       <c r="M47" s="12"/>
       <c r="N47" s="12">
         <v>378.25</v>
       </c>
-      <c r="O47" s="140"/>
+      <c r="O47" s="139"/>
     </row>
     <row r="48" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="1" t="s">
         <v>27</v>
       </c>
       <c r="B48" s="7">
         <v>310</v>
       </c>
       <c r="C48" s="7"/>
       <c r="D48" s="7">
         <v>417</v>
       </c>
       <c r="F48" s="7">
         <v>309</v>
       </c>
       <c r="H48" s="7">
         <v>765</v>
       </c>
       <c r="J48" s="7">
         <v>458</v>
       </c>
       <c r="L48" s="7">
         <v>656</v>
       </c>
       <c r="N48" s="7">
@@ -40237,84 +40530,84 @@
       <selection pane="bottomLeft" sqref="A1:N1"/>
       <selection pane="bottomRight" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="7" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="2.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="12.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="7" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.140625" style="1"/>
     <col min="16" max="16384" width="9.140625" style="31"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="144" t="s">
+      <c r="A1" s="143" t="s">
         <v>1688</v>
       </c>
-      <c r="B1" s="144"/>
-[...11 lines deleted...]
-      <c r="N1" s="144"/>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+      <c r="I1" s="143"/>
+      <c r="J1" s="143"/>
+      <c r="K1" s="143"/>
+      <c r="L1" s="143"/>
+      <c r="M1" s="143"/>
+      <c r="N1" s="143"/>
       <c r="O1" s="84"/>
     </row>
     <row r="2" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="143" t="s">
+      <c r="A2" s="142" t="s">
         <v>2026</v>
       </c>
-      <c r="B2" s="143"/>
-[...10 lines deleted...]
-      <c r="M2" s="143"/>
+      <c r="B2" s="142"/>
+      <c r="C2" s="142"/>
+      <c r="D2" s="142"/>
+      <c r="E2" s="142"/>
+      <c r="F2" s="142"/>
+      <c r="G2" s="142"/>
+      <c r="H2" s="142"/>
+      <c r="I2" s="142"/>
+      <c r="J2" s="142"/>
+      <c r="K2" s="142"/>
+      <c r="L2" s="142"/>
+      <c r="M2" s="142"/>
       <c r="N2" s="60"/>
     </row>
     <row r="3" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="81"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="3"/>
       <c r="E3" s="4"/>
       <c r="F3" s="3"/>
       <c r="G3" s="4"/>
       <c r="H3" s="3"/>
       <c r="I3" s="4"/>
       <c r="J3" s="3"/>
       <c r="K3" s="4"/>
       <c r="L3" s="5"/>
       <c r="M3" s="6"/>
       <c r="N3" s="5"/>
     </row>
     <row r="4" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>10</v>
       </c>
@@ -40495,98 +40788,146 @@
         <v>35</v>
       </c>
       <c r="E10" s="7"/>
       <c r="F10" s="15">
         <v>13</v>
       </c>
       <c r="G10" s="7"/>
       <c r="H10" s="15">
         <v>19</v>
       </c>
       <c r="I10" s="7"/>
       <c r="J10" s="15">
         <v>13</v>
       </c>
       <c r="K10" s="7"/>
       <c r="L10" s="15">
         <v>13</v>
       </c>
       <c r="M10" s="7"/>
       <c r="N10" s="15">
         <v>9</v>
       </c>
       <c r="O10" s="88"/>
     </row>
     <row r="11" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="89"/>
-      <c r="B11" s="15"/>
+      <c r="A11" s="89">
+        <v>45754</v>
+      </c>
+      <c r="B11" s="15">
+        <v>36</v>
+      </c>
       <c r="C11" s="7"/>
-      <c r="D11" s="15"/>
+      <c r="D11" s="15">
+        <v>57</v>
+      </c>
       <c r="E11" s="7"/>
-      <c r="F11" s="15"/>
+      <c r="F11" s="15">
+        <v>29</v>
+      </c>
       <c r="G11" s="7"/>
-      <c r="H11" s="15"/>
+      <c r="H11" s="15">
+        <v>21</v>
+      </c>
       <c r="I11" s="7"/>
-      <c r="J11" s="15"/>
+      <c r="J11" s="15">
+        <v>20</v>
+      </c>
       <c r="K11" s="7"/>
-      <c r="L11" s="15"/>
+      <c r="L11" s="15">
+        <v>13</v>
+      </c>
       <c r="M11" s="7"/>
-      <c r="N11" s="15"/>
+      <c r="N11" s="15">
+        <v>16</v>
+      </c>
       <c r="O11" s="88"/>
     </row>
     <row r="12" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="89"/>
-      <c r="B12" s="15"/>
+      <c r="A12" s="89">
+        <v>45782</v>
+      </c>
+      <c r="B12" s="15">
+        <v>33</v>
+      </c>
       <c r="C12" s="7"/>
-      <c r="D12" s="15"/>
+      <c r="D12" s="15">
+        <v>52</v>
+      </c>
       <c r="E12" s="7"/>
-      <c r="F12" s="15"/>
+      <c r="F12" s="15">
+        <v>28</v>
+      </c>
       <c r="G12" s="7"/>
-      <c r="H12" s="15"/>
+      <c r="H12" s="15">
+        <v>21</v>
+      </c>
       <c r="I12" s="7"/>
-      <c r="J12" s="15"/>
+      <c r="J12" s="15">
+        <v>16</v>
+      </c>
       <c r="K12" s="7"/>
-      <c r="L12" s="15"/>
+      <c r="L12" s="15">
+        <v>11</v>
+      </c>
       <c r="M12" s="7"/>
-      <c r="N12" s="15"/>
+      <c r="N12" s="15">
+        <v>8</v>
+      </c>
       <c r="O12" s="88"/>
     </row>
     <row r="13" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="89"/>
-      <c r="B13" s="15"/>
+      <c r="A13" s="89">
+        <v>45810</v>
+      </c>
+      <c r="B13" s="15">
+        <v>39</v>
+      </c>
       <c r="C13" s="7"/>
-      <c r="D13" s="15"/>
+      <c r="D13" s="15">
+        <v>47</v>
+      </c>
       <c r="E13" s="7"/>
-      <c r="F13" s="15"/>
+      <c r="F13" s="15">
+        <v>19</v>
+      </c>
       <c r="G13" s="7"/>
-      <c r="H13" s="15"/>
+      <c r="H13" s="15">
+        <v>24</v>
+      </c>
       <c r="I13" s="7"/>
-      <c r="J13" s="15"/>
+      <c r="J13" s="15">
+        <v>15</v>
+      </c>
       <c r="K13" s="7"/>
-      <c r="L13" s="15"/>
+      <c r="L13" s="15">
+        <v>12</v>
+      </c>
       <c r="M13" s="7"/>
-      <c r="N13" s="15"/>
+      <c r="N13" s="15">
+        <v>9</v>
+      </c>
       <c r="O13" s="88"/>
     </row>
     <row r="14" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="89"/>
       <c r="B14" s="15"/>
       <c r="C14" s="7"/>
       <c r="D14" s="15"/>
       <c r="E14" s="7"/>
       <c r="F14" s="15"/>
       <c r="G14" s="7"/>
       <c r="H14" s="15"/>
       <c r="I14" s="7"/>
       <c r="J14" s="15"/>
       <c r="K14" s="7"/>
       <c r="L14" s="15"/>
       <c r="M14" s="7"/>
       <c r="N14" s="15"/>
       <c r="O14" s="88"/>
     </row>
     <row r="15" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="89"/>
       <c r="B15" s="15"/>
       <c r="C15" s="7"/>
       <c r="D15" s="15"/>
       <c r="E15" s="7"/>
@@ -40829,174 +41170,174 @@
         <v>0</v>
       </c>
       <c r="L27" s="7">
         <v>0</v>
       </c>
       <c r="N27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="13"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="F28" s="7"/>
       <c r="H28" s="7"/>
       <c r="J28" s="7"/>
       <c r="L28" s="7"/>
       <c r="N28" s="7"/>
     </row>
     <row r="29" spans="1:15" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C29" s="68"/>
       <c r="D29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E29" s="68"/>
       <c r="F29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G29" s="68"/>
       <c r="H29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I29" s="68"/>
       <c r="J29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K29" s="68"/>
       <c r="L29" s="68">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="M29" s="68"/>
       <c r="N29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O29" s="7"/>
     </row>
     <row r="30" spans="1:15" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="15">
         <v>21</v>
       </c>
       <c r="C30" s="8"/>
       <c r="D30" s="15">
         <v>35</v>
       </c>
       <c r="E30" s="12"/>
       <c r="F30" s="15">
         <v>13</v>
       </c>
       <c r="G30" s="12"/>
       <c r="H30" s="15">
         <v>17</v>
       </c>
       <c r="I30" s="12"/>
       <c r="J30" s="15">
         <v>12</v>
       </c>
       <c r="K30" s="63"/>
       <c r="L30" s="61">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="M30" s="63"/>
       <c r="N30" s="15">
         <v>7</v>
       </c>
       <c r="O30" s="1"/>
     </row>
     <row r="31" spans="1:15" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="15">
-        <v>22</v>
+        <v>29.166666666666668</v>
       </c>
       <c r="C31" s="8"/>
       <c r="D31" s="15">
-        <v>39</v>
+        <v>45.666666666666664</v>
       </c>
       <c r="E31" s="12"/>
       <c r="F31" s="15">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="G31" s="12"/>
       <c r="H31" s="15">
-        <v>19</v>
+        <v>20.333333333333332</v>
       </c>
       <c r="I31" s="12"/>
       <c r="J31" s="15">
-        <v>13</v>
+        <v>14.833333333333334</v>
       </c>
       <c r="K31" s="61"/>
       <c r="L31" s="61">
-        <v>18</v>
+        <v>14.2</v>
       </c>
       <c r="M31" s="61"/>
       <c r="N31" s="15">
-        <v>9</v>
+        <v>9.8333333333333339</v>
       </c>
       <c r="O31" s="1"/>
     </row>
     <row r="32" spans="1:15" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B32" s="15">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="C32" s="8"/>
       <c r="D32" s="15">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="E32" s="12"/>
       <c r="F32" s="15">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="G32" s="12"/>
       <c r="H32" s="15">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="I32" s="12"/>
       <c r="J32" s="15">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="K32" s="63"/>
       <c r="L32" s="61">
         <v>22</v>
       </c>
       <c r="M32" s="63"/>
       <c r="N32" s="15">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="O32" s="1"/>
     </row>
     <row r="33" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="F33" s="7"/>
       <c r="H33" s="7"/>
       <c r="J33" s="7"/>
       <c r="L33" s="7"/>
       <c r="N33" s="12"/>
     </row>
     <row r="34" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="122" t="s">
         <v>1891</v>
       </c>
       <c r="B34" s="12"/>
       <c r="C34" s="12"/>
       <c r="D34" s="12"/>
       <c r="E34" s="12"/>
       <c r="F34" s="12"/>
       <c r="G34" s="12"/>
       <c r="H34" s="12"/>
       <c r="I34" s="12"/>
@@ -41360,84 +41701,84 @@
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="7" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="2.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="12.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="7" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.140625" style="1"/>
     <col min="16" max="16384" width="9.140625" style="31"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="144" t="s">
+      <c r="A1" s="143" t="s">
         <v>1689</v>
       </c>
-      <c r="B1" s="144"/>
-[...11 lines deleted...]
-      <c r="N1" s="144"/>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+      <c r="I1" s="143"/>
+      <c r="J1" s="143"/>
+      <c r="K1" s="143"/>
+      <c r="L1" s="143"/>
+      <c r="M1" s="143"/>
+      <c r="N1" s="143"/>
       <c r="O1" s="84"/>
     </row>
     <row r="2" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="143" t="s">
+      <c r="A2" s="142" t="s">
         <v>2026</v>
       </c>
-      <c r="B2" s="143"/>
-[...10 lines deleted...]
-      <c r="M2" s="143"/>
+      <c r="B2" s="142"/>
+      <c r="C2" s="142"/>
+      <c r="D2" s="142"/>
+      <c r="E2" s="142"/>
+      <c r="F2" s="142"/>
+      <c r="G2" s="142"/>
+      <c r="H2" s="142"/>
+      <c r="I2" s="142"/>
+      <c r="J2" s="142"/>
+      <c r="K2" s="142"/>
+      <c r="L2" s="142"/>
+      <c r="M2" s="142"/>
       <c r="N2" s="60"/>
     </row>
     <row r="3" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="81"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="3"/>
       <c r="E3" s="4"/>
       <c r="F3" s="3"/>
       <c r="G3" s="4"/>
       <c r="H3" s="3"/>
       <c r="I3" s="4"/>
       <c r="J3" s="3"/>
       <c r="K3" s="4"/>
       <c r="L3" s="5"/>
       <c r="M3" s="6"/>
       <c r="N3" s="5"/>
     </row>
     <row r="4" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B4" s="7" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>10</v>
       </c>
@@ -41621,98 +41962,146 @@
         <v>1677</v>
       </c>
       <c r="E10" s="7"/>
       <c r="F10" s="68" t="s">
         <v>1677</v>
       </c>
       <c r="G10" s="7"/>
       <c r="H10" s="7">
         <v>281</v>
       </c>
       <c r="I10" s="7"/>
       <c r="J10" s="68" t="s">
         <v>1677</v>
       </c>
       <c r="K10" s="7"/>
       <c r="L10" s="7">
         <v>377</v>
       </c>
       <c r="M10" s="7"/>
       <c r="N10" s="7" t="s">
         <v>1677</v>
       </c>
       <c r="O10" s="88"/>
     </row>
     <row r="11" spans="1:15" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="129"/>
-      <c r="B11" s="7"/>
+      <c r="A11" s="129">
+        <v>45754</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>1677</v>
+      </c>
       <c r="C11" s="7"/>
-      <c r="D11" s="7"/>
+      <c r="D11" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="E11" s="7"/>
-      <c r="F11" s="68"/>
+      <c r="F11" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="G11" s="7"/>
-      <c r="H11" s="7"/>
+      <c r="H11" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="I11" s="7"/>
-      <c r="J11" s="7"/>
+      <c r="J11" s="7" t="s">
+        <v>1677</v>
+      </c>
       <c r="K11" s="7"/>
-      <c r="L11" s="7"/>
+      <c r="L11" s="7">
+        <v>459</v>
+      </c>
       <c r="M11" s="7"/>
-      <c r="N11" s="68"/>
+      <c r="N11" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="O11" s="87"/>
     </row>
     <row r="12" spans="1:15" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="129"/>
-      <c r="B12" s="7"/>
+      <c r="A12" s="129">
+        <v>45782</v>
+      </c>
+      <c r="B12" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="C12" s="7"/>
-      <c r="D12" s="7"/>
+      <c r="D12" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="E12" s="7"/>
-      <c r="F12" s="68"/>
+      <c r="F12" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="G12" s="7"/>
-      <c r="H12" s="7"/>
+      <c r="H12" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="I12" s="7"/>
-      <c r="J12" s="7"/>
+      <c r="J12" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="K12" s="7"/>
-      <c r="L12" s="7"/>
+      <c r="L12" s="7">
+        <v>335</v>
+      </c>
       <c r="M12" s="7"/>
-      <c r="N12" s="7"/>
+      <c r="N12" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="O12" s="87"/>
     </row>
     <row r="13" spans="1:15" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="129"/>
-      <c r="B13" s="7"/>
+      <c r="A13" s="129">
+        <v>45810</v>
+      </c>
+      <c r="B13" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="C13" s="7"/>
-      <c r="D13" s="7"/>
+      <c r="D13" s="7">
+        <v>337</v>
+      </c>
       <c r="E13" s="7"/>
-      <c r="F13" s="68"/>
+      <c r="F13" s="68" t="s">
+        <v>2027</v>
+      </c>
       <c r="G13" s="7"/>
-      <c r="H13" s="7"/>
+      <c r="H13" s="7">
+        <v>272</v>
+      </c>
       <c r="I13" s="7"/>
-      <c r="J13" s="7"/>
+      <c r="J13" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="K13" s="7"/>
-      <c r="L13" s="7"/>
+      <c r="L13" s="7">
+        <v>382</v>
+      </c>
       <c r="M13" s="7"/>
-      <c r="N13" s="7"/>
+      <c r="N13" s="68" t="s">
+        <v>1677</v>
+      </c>
       <c r="O13" s="86"/>
     </row>
     <row r="14" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="129"/>
       <c r="B14" s="68"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="F14" s="68"/>
       <c r="H14" s="68"/>
       <c r="J14" s="68"/>
       <c r="L14" s="7"/>
       <c r="N14" s="68"/>
       <c r="O14" s="88"/>
     </row>
     <row r="15" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="129"/>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="F15" s="68"/>
       <c r="H15" s="7"/>
       <c r="J15" s="7"/>
       <c r="L15" s="7"/>
       <c r="N15" s="68"/>
       <c r="O15" s="88"/>
@@ -41920,156 +42309,156 @@
         <v>0</v>
       </c>
       <c r="L27" s="7">
         <v>0</v>
       </c>
       <c r="N27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="13"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="F28" s="7"/>
       <c r="H28" s="7"/>
       <c r="J28" s="7"/>
       <c r="L28" s="7"/>
       <c r="N28" s="7"/>
     </row>
     <row r="29" spans="1:15" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C29" s="68"/>
       <c r="D29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E29" s="68"/>
       <c r="F29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G29" s="68"/>
       <c r="H29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I29" s="68"/>
       <c r="J29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K29" s="68"/>
       <c r="L29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M29" s="68"/>
       <c r="N29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O29" s="7"/>
     </row>
     <row r="30" spans="1:15" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="61" t="s">
         <v>1677</v>
       </c>
       <c r="C30" s="63"/>
       <c r="D30" s="61" t="s">
         <v>1677</v>
       </c>
       <c r="E30" s="63"/>
       <c r="F30" s="61" t="s">
         <v>1677</v>
       </c>
       <c r="G30" s="63"/>
-      <c r="H30" s="61">
-        <v>269</v>
+      <c r="H30" s="61" t="s">
+        <v>1677</v>
       </c>
       <c r="I30" s="63"/>
       <c r="J30" s="61" t="s">
         <v>1677</v>
       </c>
       <c r="K30" s="63"/>
       <c r="L30" s="61">
-        <v>377</v>
+        <v>335</v>
       </c>
       <c r="M30" s="63"/>
       <c r="N30" s="61" t="s">
         <v>1677</v>
       </c>
       <c r="O30" s="1"/>
     </row>
     <row r="31" spans="1:15" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="61" t="s">
         <v>1894</v>
       </c>
       <c r="C31" s="61"/>
       <c r="D31" s="61" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="E31" s="61"/>
       <c r="F31" s="61" t="s">
         <v>1894</v>
       </c>
       <c r="G31" s="61"/>
-      <c r="H31" s="61">
-        <v>357</v>
+      <c r="H31" s="61" t="s">
+        <v>1742</v>
       </c>
       <c r="I31" s="61"/>
       <c r="J31" s="61" t="s">
         <v>1894</v>
       </c>
       <c r="K31" s="61"/>
       <c r="L31" s="61">
-        <v>566</v>
+        <v>479</v>
       </c>
       <c r="M31" s="61"/>
       <c r="N31" s="61" t="s">
         <v>1894</v>
       </c>
       <c r="O31" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:15" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B32" s="61" t="s">
         <v>1677</v>
       </c>
       <c r="C32" s="63"/>
       <c r="D32" s="61">
-        <v>274</v>
+        <v>337</v>
       </c>
       <c r="E32" s="63"/>
       <c r="F32" s="61" t="s">
         <v>1677</v>
       </c>
       <c r="G32" s="63"/>
       <c r="H32" s="61">
         <v>520</v>
       </c>
       <c r="I32" s="63"/>
       <c r="J32" s="61" t="s">
         <v>1677</v>
       </c>
       <c r="K32" s="63"/>
       <c r="L32" s="61">
         <v>855</v>
       </c>
       <c r="M32" s="63"/>
       <c r="N32" s="61" t="s">
         <v>1677</v>
       </c>
       <c r="O32" s="1"/>
     </row>
     <row r="33" spans="1:15" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="1"/>
@@ -42553,66 +42942,66 @@
       <selection pane="topRight" activeCell="N16" sqref="N16"/>
       <selection pane="bottomLeft" activeCell="N16" sqref="N16"/>
       <selection pane="bottomRight" activeCell="A9" sqref="A9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="15.28515625" style="31" customWidth="1"/>
     <col min="2" max="2" width="8.7109375" style="31" customWidth="1"/>
     <col min="3" max="3" width="1.7109375" style="31" customWidth="1"/>
     <col min="4" max="4" width="8.7109375" style="31" customWidth="1"/>
     <col min="5" max="5" width="1.7109375" style="31" customWidth="1"/>
     <col min="6" max="6" width="11.140625" style="31" customWidth="1"/>
     <col min="7" max="7" width="1.7109375" style="31" customWidth="1"/>
     <col min="8" max="8" width="9.140625" style="31"/>
     <col min="9" max="9" width="1.7109375" style="31" customWidth="1"/>
     <col min="10" max="10" width="9.140625" style="31"/>
     <col min="11" max="11" width="1.7109375" style="31" customWidth="1"/>
     <col min="12" max="12" width="10.7109375" style="31" customWidth="1"/>
     <col min="13" max="13" width="1.7109375" style="31" customWidth="1"/>
     <col min="14" max="14" width="9.85546875" style="31" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="31"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:227" x14ac:dyDescent="0.2">
-      <c r="A1" s="145" t="s">
+      <c r="A1" s="144" t="s">
         <v>1690</v>
       </c>
-      <c r="B1" s="145"/>
-[...11 lines deleted...]
-      <c r="N1" s="145"/>
+      <c r="B1" s="144"/>
+      <c r="C1" s="144"/>
+      <c r="D1" s="144"/>
+      <c r="E1" s="144"/>
+      <c r="F1" s="144"/>
+      <c r="G1" s="144"/>
+      <c r="H1" s="144"/>
+      <c r="I1" s="144"/>
+      <c r="J1" s="144"/>
+      <c r="K1" s="144"/>
+      <c r="L1" s="144"/>
+      <c r="M1" s="144"/>
+      <c r="N1" s="144"/>
       <c r="O1"/>
       <c r="P1"/>
       <c r="Q1"/>
       <c r="R1"/>
       <c r="S1"/>
       <c r="T1"/>
       <c r="U1"/>
       <c r="V1"/>
       <c r="W1"/>
       <c r="X1"/>
       <c r="Y1"/>
       <c r="Z1"/>
       <c r="AA1"/>
       <c r="AB1"/>
       <c r="AC1"/>
       <c r="AD1"/>
       <c r="AE1"/>
       <c r="AF1"/>
       <c r="AG1"/>
       <c r="AH1"/>
       <c r="AI1"/>
       <c r="AJ1"/>
       <c r="AK1"/>
       <c r="AL1"/>
       <c r="AM1"/>
@@ -42636,66 +43025,66 @@
       <c r="BE1"/>
       <c r="BF1"/>
       <c r="BG1"/>
       <c r="BH1"/>
       <c r="BI1"/>
       <c r="BJ1"/>
       <c r="BK1"/>
       <c r="BL1"/>
       <c r="BM1"/>
       <c r="BN1"/>
       <c r="BO1"/>
       <c r="BP1"/>
       <c r="BQ1"/>
       <c r="BR1"/>
       <c r="BS1"/>
       <c r="BT1"/>
       <c r="BU1"/>
       <c r="BV1"/>
       <c r="BW1"/>
       <c r="BX1"/>
       <c r="BY1"/>
       <c r="BZ1"/>
       <c r="CA1"/>
     </row>
     <row r="2" spans="1:227" s="1" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="143" t="s">
+      <c r="A2" s="142" t="s">
         <v>1746</v>
       </c>
-      <c r="B2" s="143"/>
-[...11 lines deleted...]
-      <c r="N2" s="143"/>
+      <c r="B2" s="142"/>
+      <c r="C2" s="142"/>
+      <c r="D2" s="142"/>
+      <c r="E2" s="142"/>
+      <c r="F2" s="142"/>
+      <c r="G2" s="142"/>
+      <c r="H2" s="142"/>
+      <c r="I2" s="142"/>
+      <c r="J2" s="142"/>
+      <c r="K2" s="142"/>
+      <c r="L2" s="142"/>
+      <c r="M2" s="142"/>
+      <c r="N2" s="142"/>
       <c r="O2" s="83"/>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2"/>
       <c r="AC2"/>
       <c r="AD2"/>
       <c r="AE2"/>
       <c r="AF2"/>
       <c r="AG2"/>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
@@ -46753,58 +47142,58 @@
       <c r="K45" s="1"/>
       <c r="L45" s="12">
         <f>MAX(L3:L35)</f>
         <v>0</v>
       </c>
       <c r="M45" s="1"/>
       <c r="N45" s="12">
         <f>MAX(N3:N35)</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:227" x14ac:dyDescent="0.2">
       <c r="A46" s="37"/>
       <c r="B46" s="37"/>
       <c r="C46" s="37"/>
     </row>
     <row r="47" spans="1:227" x14ac:dyDescent="0.2">
       <c r="A47" s="37"/>
       <c r="B47" s="37"/>
       <c r="C47" s="37"/>
     </row>
     <row r="48" spans="1:227" x14ac:dyDescent="0.2">
       <c r="A48" s="1"/>
     </row>
     <row r="49" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A49" s="146"/>
-[...6 lines deleted...]
-      <c r="H49" s="146"/>
+      <c r="A49" s="145"/>
+      <c r="B49" s="145"/>
+      <c r="C49" s="145"/>
+      <c r="D49" s="145"/>
+      <c r="E49" s="145"/>
+      <c r="F49" s="145"/>
+      <c r="G49" s="145"/>
+      <c r="H49" s="145"/>
     </row>
     <row r="52" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A52" s="69" t="s">
         <v>1745</v>
       </c>
     </row>
     <row r="53" spans="1:14" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="69"/>
     </row>
     <row r="54" spans="1:14" ht="24" x14ac:dyDescent="0.2">
       <c r="A54" s="73" t="s">
         <v>1682</v>
       </c>
       <c r="B54" s="71">
         <v>0</v>
       </c>
       <c r="C54" s="71"/>
       <c r="D54" s="71">
         <v>0</v>
       </c>
       <c r="E54" s="71"/>
       <c r="F54" s="71">
         <v>0</v>
       </c>
       <c r="G54" s="71"/>
@@ -47431,84 +47820,84 @@
       <selection pane="bottomRight" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="12.5703125" style="1" customWidth="1"/>
     <col min="3" max="3" width="2.42578125" style="1" customWidth="1"/>
     <col min="4" max="4" width="12.5703125" style="1" customWidth="1"/>
     <col min="5" max="5" width="2.42578125" style="7" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="2.42578125" style="7" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="2.42578125" style="7" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" style="1" customWidth="1"/>
     <col min="11" max="11" width="2.42578125" style="7" customWidth="1"/>
     <col min="12" max="12" width="12.5703125" style="1" customWidth="1"/>
     <col min="13" max="13" width="2.42578125" style="7" customWidth="1"/>
     <col min="14" max="14" width="12.5703125" style="1" customWidth="1"/>
     <col min="15" max="15" width="9.140625" style="1"/>
     <col min="16" max="39" width="8.85546875" customWidth="1"/>
     <col min="40" max="16384" width="9.140625" style="31"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="144" t="s">
+      <c r="A1" s="143" t="s">
         <v>1691</v>
       </c>
-      <c r="B1" s="144"/>
-[...11 lines deleted...]
-      <c r="N1" s="144"/>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+      <c r="I1" s="143"/>
+      <c r="J1" s="143"/>
+      <c r="K1" s="143"/>
+      <c r="L1" s="143"/>
+      <c r="M1" s="143"/>
+      <c r="N1" s="143"/>
       <c r="O1" s="84"/>
     </row>
     <row r="2" spans="1:39" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="143" t="s">
+      <c r="A2" s="142" t="s">
         <v>2026</v>
       </c>
-      <c r="B2" s="143"/>
-[...10 lines deleted...]
-      <c r="M2" s="143"/>
+      <c r="B2" s="142"/>
+      <c r="C2" s="142"/>
+      <c r="D2" s="142"/>
+      <c r="E2" s="142"/>
+      <c r="F2" s="142"/>
+      <c r="G2" s="142"/>
+      <c r="H2" s="142"/>
+      <c r="I2" s="142"/>
+      <c r="J2" s="142"/>
+      <c r="K2" s="142"/>
+      <c r="L2" s="142"/>
+      <c r="M2" s="142"/>
       <c r="N2" s="60"/>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
       <c r="AA2"/>
       <c r="AB2"/>
       <c r="AC2"/>
       <c r="AD2"/>
       <c r="AE2"/>
       <c r="AF2"/>
       <c r="AG2"/>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
@@ -47786,146 +48175,194 @@
       <c r="Q10"/>
       <c r="R10"/>
       <c r="S10"/>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10"/>
       <c r="W10"/>
       <c r="X10"/>
       <c r="Y10"/>
       <c r="Z10"/>
       <c r="AA10"/>
       <c r="AB10"/>
       <c r="AC10"/>
       <c r="AD10"/>
       <c r="AE10"/>
       <c r="AF10"/>
       <c r="AG10"/>
       <c r="AH10"/>
       <c r="AI10"/>
       <c r="AJ10"/>
       <c r="AK10"/>
       <c r="AL10"/>
       <c r="AM10"/>
     </row>
     <row r="11" spans="1:39" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="129"/>
-      <c r="B11" s="7"/>
+      <c r="A11" s="129">
+        <v>45754</v>
+      </c>
+      <c r="B11" s="7">
+        <v>26</v>
+      </c>
       <c r="C11" s="7"/>
-      <c r="D11" s="7"/>
+      <c r="D11" s="7">
+        <v>35</v>
+      </c>
       <c r="E11" s="7"/>
-      <c r="F11" s="7"/>
+      <c r="F11" s="7">
+        <v>19</v>
+      </c>
       <c r="G11" s="7"/>
-      <c r="H11" s="7"/>
+      <c r="H11" s="7">
+        <v>49</v>
+      </c>
       <c r="I11" s="7"/>
-      <c r="J11" s="7"/>
+      <c r="J11" s="7">
+        <v>36</v>
+      </c>
       <c r="K11" s="7"/>
-      <c r="L11" s="7"/>
+      <c r="L11" s="7">
+        <v>25</v>
+      </c>
       <c r="M11" s="7"/>
-      <c r="N11" s="7"/>
+      <c r="N11" s="7">
+        <v>17</v>
+      </c>
       <c r="O11" s="87"/>
       <c r="P11"/>
       <c r="Q11"/>
       <c r="R11"/>
       <c r="S11"/>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11"/>
       <c r="W11"/>
       <c r="X11"/>
       <c r="Y11"/>
       <c r="Z11"/>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11"/>
       <c r="AD11"/>
       <c r="AE11"/>
       <c r="AF11"/>
       <c r="AG11"/>
       <c r="AH11"/>
       <c r="AI11"/>
       <c r="AJ11"/>
       <c r="AK11"/>
       <c r="AL11"/>
       <c r="AM11"/>
     </row>
     <row r="12" spans="1:39" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="129"/>
-      <c r="B12" s="7"/>
+      <c r="A12" s="129">
+        <v>45782</v>
+      </c>
+      <c r="B12" s="7">
+        <v>23</v>
+      </c>
       <c r="C12" s="7"/>
-      <c r="D12" s="7"/>
+      <c r="D12" s="7">
+        <v>33</v>
+      </c>
       <c r="E12" s="7"/>
-      <c r="F12" s="7"/>
+      <c r="F12" s="7">
+        <v>15</v>
+      </c>
       <c r="G12" s="7"/>
-      <c r="H12" s="7"/>
+      <c r="H12" s="7">
+        <v>43</v>
+      </c>
       <c r="I12" s="7"/>
-      <c r="J12" s="7"/>
+      <c r="J12" s="7">
+        <v>24</v>
+      </c>
       <c r="K12" s="7"/>
-      <c r="L12" s="7"/>
+      <c r="L12" s="7">
+        <v>26</v>
+      </c>
       <c r="M12" s="7"/>
-      <c r="N12" s="7"/>
+      <c r="N12" s="7">
+        <v>10</v>
+      </c>
       <c r="O12" s="87"/>
       <c r="P12"/>
       <c r="Q12"/>
       <c r="R12"/>
       <c r="S12"/>
       <c r="T12"/>
       <c r="U12"/>
       <c r="V12"/>
       <c r="W12"/>
       <c r="X12"/>
       <c r="Y12"/>
       <c r="Z12"/>
       <c r="AA12"/>
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
       <c r="AG12"/>
       <c r="AH12"/>
       <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
     </row>
     <row r="13" spans="1:39" s="1" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A13" s="129"/>
-      <c r="B13" s="7"/>
+      <c r="A13" s="129">
+        <v>45810</v>
+      </c>
+      <c r="B13" s="7">
+        <v>29</v>
+      </c>
       <c r="C13" s="7"/>
-      <c r="D13" s="7"/>
+      <c r="D13" s="7">
+        <v>31</v>
+      </c>
       <c r="E13" s="7"/>
-      <c r="F13" s="7"/>
+      <c r="F13" s="127">
+        <v>343</v>
+      </c>
       <c r="G13" s="7"/>
-      <c r="H13" s="7"/>
+      <c r="H13" s="7">
+        <v>41</v>
+      </c>
       <c r="I13" s="7"/>
-      <c r="J13" s="7"/>
+      <c r="J13" s="127">
+        <v>194</v>
+      </c>
       <c r="K13" s="7"/>
-      <c r="L13" s="7"/>
+      <c r="L13" s="7">
+        <v>28</v>
+      </c>
       <c r="M13" s="7"/>
-      <c r="N13" s="7"/>
+      <c r="N13" s="7">
+        <v>78</v>
+      </c>
       <c r="O13" s="86"/>
       <c r="P13"/>
       <c r="Q13"/>
       <c r="R13"/>
       <c r="S13"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13"/>
       <c r="W13"/>
       <c r="X13"/>
       <c r="Y13"/>
       <c r="Z13"/>
       <c r="AA13"/>
       <c r="AB13"/>
       <c r="AC13"/>
       <c r="AD13"/>
       <c r="AE13"/>
       <c r="AF13"/>
       <c r="AG13"/>
       <c r="AH13"/>
       <c r="AI13"/>
       <c r="AJ13"/>
       <c r="AK13"/>
       <c r="AL13"/>
       <c r="AM13"/>
@@ -48126,277 +48563,277 @@
       <c r="H26" s="127">
         <v>254</v>
       </c>
       <c r="J26" s="127">
         <v>170</v>
       </c>
       <c r="L26" s="127">
         <v>268</v>
       </c>
       <c r="N26" s="127">
         <v>185</v>
       </c>
     </row>
     <row r="27" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="13" t="s">
         <v>1681</v>
       </c>
       <c r="B27" s="7">
         <v>0</v>
       </c>
       <c r="C27" s="7"/>
       <c r="D27" s="7">
         <v>0</v>
       </c>
       <c r="F27" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="H27" s="7">
         <v>0</v>
       </c>
       <c r="J27" s="7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L27" s="7">
         <v>0</v>
       </c>
       <c r="N27" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:39" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="13"/>
       <c r="B28" s="7"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="F28" s="7"/>
       <c r="H28" s="7"/>
       <c r="J28" s="7"/>
       <c r="L28" s="7"/>
       <c r="N28" s="7"/>
     </row>
     <row r="29" spans="1:39" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="78" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C29" s="68"/>
       <c r="D29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="E29" s="68"/>
       <c r="F29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="G29" s="68"/>
       <c r="H29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I29" s="68"/>
       <c r="J29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="K29" s="68"/>
       <c r="L29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M29" s="68"/>
       <c r="N29" s="68">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="O29" s="7"/>
       <c r="P29"/>
       <c r="Q29"/>
       <c r="R29"/>
       <c r="S29"/>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29"/>
       <c r="W29"/>
       <c r="X29"/>
       <c r="Y29"/>
       <c r="Z29"/>
       <c r="AA29"/>
       <c r="AB29"/>
       <c r="AC29"/>
       <c r="AD29"/>
       <c r="AE29"/>
       <c r="AF29"/>
       <c r="AG29"/>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
       <c r="AL29"/>
       <c r="AM29"/>
     </row>
     <row r="30" spans="1:39" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="13" t="s">
         <v>25</v>
       </c>
       <c r="B30" s="7">
         <v>20</v>
       </c>
       <c r="C30" s="7"/>
       <c r="D30" s="7">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E30" s="7"/>
       <c r="F30" s="7">
         <v>14</v>
       </c>
       <c r="G30" s="7"/>
       <c r="H30" s="7">
         <v>36</v>
       </c>
       <c r="I30" s="7"/>
       <c r="J30" s="7">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="K30" s="7"/>
       <c r="L30" s="7">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="M30" s="7"/>
       <c r="N30" s="7">
         <v>9</v>
       </c>
       <c r="O30" s="1"/>
       <c r="P30"/>
       <c r="Q30"/>
       <c r="R30"/>
       <c r="S30"/>
       <c r="T30"/>
       <c r="U30"/>
       <c r="V30"/>
       <c r="W30"/>
       <c r="X30"/>
       <c r="Y30"/>
       <c r="Z30"/>
       <c r="AA30"/>
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
     </row>
     <row r="31" spans="1:39" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="B31" s="7">
-[...24 lines deleted...]
-        <v>12</v>
+      <c r="B31" s="12">
+        <v>24.666666666666668</v>
+      </c>
+      <c r="C31" s="12"/>
+      <c r="D31" s="12">
+        <v>33.666666666666664</v>
+      </c>
+      <c r="E31" s="12"/>
+      <c r="F31" s="12">
+        <v>76.333333333333329</v>
+      </c>
+      <c r="G31" s="12"/>
+      <c r="H31" s="12">
+        <v>42.166666666666664</v>
+      </c>
+      <c r="I31" s="12"/>
+      <c r="J31" s="12">
+        <v>57.833333333333336</v>
+      </c>
+      <c r="K31" s="12"/>
+      <c r="L31" s="12">
+        <v>39.166666666666664</v>
+      </c>
+      <c r="M31" s="12"/>
+      <c r="N31" s="12">
+        <v>23.5</v>
       </c>
       <c r="O31" s="1"/>
       <c r="P31"/>
       <c r="Q31"/>
       <c r="R31"/>
       <c r="S31"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31"/>
       <c r="W31"/>
       <c r="X31"/>
       <c r="Y31"/>
       <c r="Z31"/>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31"/>
       <c r="AD31"/>
       <c r="AE31"/>
       <c r="AF31"/>
       <c r="AG31"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
       <c r="AK31"/>
       <c r="AL31"/>
       <c r="AM31"/>
     </row>
     <row r="32" spans="1:39" s="14" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="B32" s="7">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C32" s="7"/>
       <c r="D32" s="7">
         <v>36</v>
       </c>
       <c r="E32" s="7"/>
       <c r="F32" s="7">
-        <v>46</v>
+        <v>343</v>
       </c>
       <c r="G32" s="7"/>
       <c r="H32" s="7">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="I32" s="7"/>
       <c r="J32" s="7">
-        <v>37</v>
+        <v>194</v>
       </c>
       <c r="K32" s="7"/>
       <c r="L32" s="7">
         <v>81</v>
       </c>
       <c r="M32" s="7"/>
       <c r="N32" s="7">
-        <v>16</v>
+        <v>78</v>
       </c>
       <c r="O32" s="1"/>
       <c r="P32"/>
       <c r="Q32"/>
       <c r="R32"/>
       <c r="S32"/>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32"/>
       <c r="W32"/>
       <c r="X32"/>
       <c r="Y32"/>
       <c r="Z32"/>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32"/>
       <c r="AD32"/>
       <c r="AE32"/>
       <c r="AF32"/>
       <c r="AG32"/>
       <c r="AH32"/>
       <c r="AI32"/>
       <c r="AJ32"/>
       <c r="AK32"/>
       <c r="AL32"/>